--- v0 (2025-10-29)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2632" uniqueCount="1130">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3240" uniqueCount="1396">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1308,50 +1308,62 @@
   <si>
     <t>566</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/566/pl_125.25_-__reconhece_o_estado_de_calamidade_publica_no_ambito_da_administracao_publica_financeira_da_saude_do_municipio_de_volta_redonda..pdf</t>
   </si>
   <si>
     <t>Reconhece o Estado de Calamidade Financeira na Saúde Pública do Município de Volta Redonda, em razão do cenário epidemiológico das neoplasias malignas, das cardiopatias e do risco de epidemia de Dengue tipo 3.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/588/pl_126.25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reserva de vagas de estacionamento para gestantes e pessoas acampanhas de crianças de colo, no âmbito do Município de Volta Redonda, e dáa outras providências.</t>
   </si>
   <si>
+    <t>752</t>
+  </si>
+  <si>
+    <t>127</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/752/pl_127.25_-_rcmf_-_institui_o_sistema_municipal_de_bicicletas_compartilhadas_-_bike_vr_-_no_ambito_do_municipio_de_volta_redonda.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Sistema Municipal de Bicicletas Compartilhadas - "Bike VR" -, no âmbito do Município de Volta Redonda, com objetivo de promover a mobilidade urbana sustentável, autoriza a celebração de parcerias públicoprivadas e dá outras providências.</t>
+  </si>
+  <si>
     <t>589</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/589/pl_128.25.pdf</t>
   </si>
   <si>
     <t>Institui a Política Municipal de Promoção e Cuidado com a Saúde Mental dos Profissionais da Segurança Pública no Município de Volta Redonda, e dá outras providências.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/590/pl_129.25_-_rcmf_-_atualiza_a_lei_municipal_n_5.976-2022_que_institui_o_programa_cidade_acessivel_no_municipio_de_volta_redonda.pdf</t>
   </si>
   <si>
     <t>Atualiza a Lei Municipal Nº 5.976/2022, que institui o Programa "Cidade Acessivel" no Municipio de Volta Redonda, adeguando-a à Lei Brasileira de Inclusão e às nortunas técnicas atuais de acessibilidade.</t>
   </si>
   <si>
     <t>591</t>
@@ -1494,50 +1506,74 @@
   <si>
     <t>Dispõe sobre a transferência da competência para emissão de cartões de estacionamento para pessoas com deficiência no Município de Volta Redonda e dá outras providências.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/606/pl148.25.pdf</t>
   </si>
   <si>
     <t>Institui o botão de pânico nas unidades de saúde do município de Volta Redonda, para o acionamento de forças de segurança em casos de agressão a profissionais de saúde.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Institui o serviço de Motolândia no âmbito do SAMU Municipal de Volta Redonda, com a finalidade de agilizar o atendimento pré-hospitalar em situações de urgência e emergência, até a chegada da ambulância e dá outras providências.</t>
   </si>
   <si>
+    <t>777</t>
+  </si>
+  <si>
+    <t>151</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/777/pl_151.25.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o tombamento do acervo da Academia Volta-Redondense de Letras - AVL como patrimônio cultural do Município de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>778</t>
+  </si>
+  <si>
+    <t>152</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/778/pl_152.25_-_rcmf_-_reconhece_como_patrimonio_cultural_imaterial_do_municipio_de_volta_redonda_a_academia_volta-redondense_de_letras_-_avl_e_institui_diretrizes_para_sua_cao.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece como Patrimônio Cultural Imaterial do Município de Volta Redonda a Academia Volta-Redondense de Letras - AVL e institui diretrizes para sua valorização, proteção e promoção.</t>
+  </si>
+  <si>
     <t>711</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/711/pl_153.25_-_rcmf_-_reconhece_como_utilidade_publica_a_fgas_-_federacao_dos_grupos_de_autoajuda_da_sobriedade.pdf</t>
   </si>
   <si>
     <t>Reconhece como Utilidade Pública a FGAS - Federação dos Grupos de Autoajuda da sobriedade.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/611/pl_154.25_-_rcmf_-_dispoe_sobre_a_obrigatoridade_da_reciclagem_de_residuos_solidos_organicos_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de reciclagem de resíduos sólidos orgânicos no Município de Volta Redonda e dá outras providências.</t>
   </si>
   <si>
     <t>615</t>
@@ -1602,62 +1638,86 @@
   <si>
     <t>681</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/681/pl_163.25_-_rcmf_-_proibe_a_utilizacao_de_aparelhos_sonoros_sem_o_uso_de_fones_de_ouvido_no_interior_dos_veiculos_de_transporte_publico_coletivo_no_municipio_de_volta_redonda.pdf</t>
   </si>
   <si>
     <t>Proíbe a utilização de aparelhos sonoros sem o uso de fones de ouvido no interior dos veículos de transporte público coletivo no Município de Volta Redonda.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/682/pl_164.25_-_jo_-_institui_o_programa_de_quitacao_alternativa_de_debitos_municipais_pqadm_que_permite_a_compensacao_de_dividas_tributarias_de_pessoas.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Quitação Alternativa de Débitos Municipais (PQADM), que permite a compensação de dívidas tributárias de pessoas físicas e jurídicas com o Município de Volta Redonda por meio da prestação de serviços de interesse público.</t>
   </si>
   <si>
+    <t>779</t>
+  </si>
+  <si>
+    <t>167</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/779/pl_167.25_-_jos_-dispoe_sobre_a_instalacao_de_fraldarios_adaptados_em_estabelecimentos_publicos_e_privados_de_grande_circulacao_no_municipio_de_volta_redonda.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instalação de fraldários adaptados em estabelecimentos públicos e privados de grande circulação no Município de Volta Redonda, assegurando acessibilidade a crianças, adolescentes, adultos e idosos com deficiência que necessitam do uso de fraldas.</t>
+  </si>
+  <si>
     <t>693</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/693/pl_169.25_-_wmc_-_institui_o_programa_municipal_de_prevencao_e_combate_a_depressao_e_ansiedade_nas_escolas_da_rede_publica_municipal_de_volta_redonda_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Prevenção e Combate a Depressão e Ansiedade nas Escolas da Rede Pública Municipal de Volta Redonda e dá outras providências.</t>
   </si>
   <si>
+    <t>744</t>
+  </si>
+  <si>
+    <t>170</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/744/pl_170.25_-_wmc_-_institui_o_programa_municipal_de_prevencao_e_combate_a_depressao_e_ansiedade_entre_profissionais_da_educacao_e_apoio_escolar.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Prevenção e Combate à Depressão e Ansiedade entre Profissionais da Educação e Apoio Escolar da Rede Pública Municipal de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
     <t>694</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/694/pl_171.25.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Revitalização de Imóveis e Fachadas Históricas no Município de Volta Redonda, cria incentivos fiscais para sua execução, e dá outras providências.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/695/pl_172.25_-_wmc_-_cria_o_estudio_municipal_de_producao_artistica_e_musical_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Cria o Estúdio Municipal de Produção Artística e Musical no Município de Volta Redonda, e dá outras providências.</t>
   </si>
   <si>
     <t>696</t>
@@ -1686,50 +1746,74 @@
   <si>
     <t>697</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/697/pl_175.25_-_wmc_-_institui_a_semana_municipal_da_gastronomia_e_empreendedorismo_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui a semana Municipal da Gastronomia e Empreendedorismo no Município de Volta Redonda, e dá outras providências.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/706/pl_176.25_-_sc_-_institui_o_ambito_municipal_o_dia_do_policial_e_da_outras_providencias..pdf</t>
   </si>
   <si>
     <t>Institui no âmbito municipal o dia do Policial e dá outras providências.</t>
   </si>
   <si>
+    <t>756</t>
+  </si>
+  <si>
+    <t>179</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/756/pl_179.25_-_rcfa_-_reconhece_e_integra_o_conjunto_volta_grande_iv_ao_perimetro_urbano_como_bairro_regular_do_municipio_de_volta_redonda_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece e integra o conjunto Volta Grande IV ao perímetro urbano como bairro regular do município de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>745</t>
+  </si>
+  <si>
+    <t>181</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/745/pl_181.25-_wmc_-_denomina_de_capina_mortuaria_mario_benedito_martins_a_capela_mortuaria_a_ser_implantada_no_bairro_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Denomina de "Capela Mortuária Mário Benedito Martins" a capela mortuária no Bairro Santo Agostinho, no Município de Volta Redonda, nos Termos da Lei nº 6.657/2025, e dá outras providências.</t>
+  </si>
+  <si>
     <t>718</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/718/pl_182.25_-_rcmf_-_altera_dispositivo_da_lei_4.924_-2013_modificada_pela_lei_5.142-2015_e_5.567-2018_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei 4.924/2013 modificada pela Lei 5.142/2015 e 5.567/2018 e dá outras providências.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/713/pl_183.25_-_lsp_-_denomina-se_jandira_dutra_de_barros_a_praca_na_estrada_nossa_senhora_da_uniao_no1201_bairro_retiro.pdf</t>
   </si>
   <si>
     <t>Denomina de Jandira Dutra de Barros a Praça em construção na Estrada Nossa Senhora da União, número 1.201, bairro Retiro.</t>
   </si>
   <si>
     <t>705</t>
@@ -1785,96 +1869,468 @@
   <si>
     <t>720</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/720/pl_189.25_-_gk_-_institui_o_programa_municipal_de_incentivo_ao_empreendedorismo_feminino_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de Incentivo ao Empreendedorismo Feminino no Município de Volta Redonda e dá outras providências.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/721/pl_193.25_-_gs_-_reconhece_como_patrimonio_cultural_imaterial_do_municipio_de_volta_redonda_a_atividade_de_preservacao.pdf</t>
   </si>
   <si>
     <t>Reconhece como Patrimônio Cultural Imaterial do Município de Volta Redonda a atividade de preservação, exposição e promoção da história automobilística exercida pelo Clube de Antiguidades Automobilísticas de Volta Redonda - CAAVR e dá outras providências.</t>
   </si>
   <si>
+    <t>780</t>
+  </si>
+  <si>
+    <t>194</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/780/pl_194.25_-_gs_-_institui_no_calendario_oficial_do_municipio.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no calendário oficial do Município de Volta Redonda/RJ, a "Semana de Veículos Antigos e Fora de Série da Cidade do Aço", a ser comemorada anualmente na primeira semana do mês de agosto e dá outras providências.</t>
+  </si>
+  <si>
+    <t>746</t>
+  </si>
+  <si>
+    <t>195</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/746/pl_195.25_-_jos_-_institui_o_programa_casa_segura_voltado_a_adaptacao_do_ambiente_domestico_de_pessoas_idosas_e_pessoas.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Casa Segura, voltado à adaptação do ambiente doméstico de pessoas idosas e pessoas com deficiência de baixa renda no Município de Volta Redonda, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>781</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/781/pl_196.25_-_wmc_-_institui_o_programa_de_saude_integral_da_mulher_no_pos-parto_no_municipio_de_volta_redonda.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa de Saúde Integral da Mulher no Pós-Parto no Município de Volta Redonda, com foco na prevenção e no tratamento da depressão pós-parto e no acompanhamento multidisciplinar da saúde da mulher, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>747</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/747/pl_197.25.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Cidade Iluminada e determina a substituição progressiva da iluminação pública por lâmpadas de LED no Município de Volta Redonda, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>798</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/798/pl_198.25_-_wmc_-_institui_o_programa_municipal_de_incentivo_ao_esporte_de_base_de_volta_redonda_cria_o_bolsa_atleta_municipal_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de Incentivo ao Esporte de Base de Volta Redonda, cria o Bolsa Atleta Municipal e dá outras providências.</t>
+  </si>
+  <si>
     <t>722</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/722/pl_199.25_-_jhaj_-_dispoe_sobre_a_obrigatoriedade_da_insercao_de_qr_code_nas_placas_de_identificacao_de_ruas_e_logradouros_publicos_do_municipio_de_volta_redonda.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade da inserção de QR Code nas placas de identificação de ruas e logradouros públicos do Município de Volta Redonda, contendo informações sobre a história e a biografia do homenageado, e dá outras providências.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/725/pl_200-2025_-_jos_-_prorroga_o_prazo_para_adesao_ao_programa_de_parcelamento_de_creditos_de_que_e_titular_o_servico_autonomo_de_agua_e_esgoto_de_volta_redonda__-_copia.pdf</t>
   </si>
   <si>
     <t>Prorroga o prazo para adesão ao Programa de Parcelamento de Créditos de que é titular o Serviço Autônomo de Água e Esgoto de Volta Redonda – SAAE/VR.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/736/pl_202.25.pdf</t>
   </si>
   <si>
     <t>Denomina de SANTUARIO PET o Cemitério e Crematório público Municipal para animais domésticos de pequeno e médio porte, conforme a Lei Municipal nº 6.679, de 02 de outubro de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/724/pl_205.25_-_wmc_-_denomina_gabriel_ferreira_thome_o_parquinho_do_zoologico_municipal_de_volta_redonda_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>Denomina "Gabriel Ferreira Thomé" o parquinho do Zoológico Municipal de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>739</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/739/pl_207.25_-_md_-_dispoe_sobre_a_concessao_de_abono_em_pecunia_aos_servidores_efetivos_e_comissionados_da_camara_municipal_de_volta_redonda..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a concessão de abono em pecúnia aos servidores efetivos e comissionados da Câmara Municipal de Volta Redonda.</t>
+  </si>
+  <si>
+    <t>740</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/740/pl_208.25_-_md_-_concede_reajuste_aos_servidores_comissionados_do_poder_legislativo_do_municipio_de_volta_redonda-rj..pdf</t>
+  </si>
+  <si>
+    <t>Concede reajuste aos Servidores Comissionados do Poder Legislativo do Município de Volta Redonda-RJ.</t>
+  </si>
+  <si>
+    <t>738</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/738/pl_209.2025_-_md_-_altera_o_artigo_2o_da_lei_5.556_de_10_de_dezembro_de_2018_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Altera o artigo 2º da Lei 5.556, de 10 de dezembro de 2018 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>748</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/748/pl_210.25_-_wmc_-_autoriza_o_poder_executivo_a_celebrar_convenios_termos_de_cooperacao_e_instrumentos_congeneres_com_o_detran_rj_e_demais_orgaos_estaduais_para_implantacao.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a celebrar convênios, termos de cooperação e instrumentos congêneres com o DETRAN-RJ e demais órgãos estaduais para implantação de postos/atendimento do DETRAN nas Subprefeituras do Município de Volta Redonda, estabelece diretrizes de funcionamento, acessibilidade e atendimento prioritário a pessoas em situação de vulnerabilidade, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>749</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/749/pl_211.25_-_jos_-_institui_o_programa_cine_inclusivo_municipal-sessoes_de_cinema_acessiveis_para_pessoas_surdas.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa "Cine Inclusivo Municipal-Sessões de Cinema Acessíveis para Pessoas Surdas e com Deficiência Auditiva" no âmbito do Município de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>755</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/755/pl_212.25_-_naf_-_dispoe_sobre_a_denominacao_de_praca_sete_de_setembro_localizada_no_bairro_eucaliptal_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da Praça Sete de Setembro, localizada no Bairro Eucaliptal e dá outras providências.</t>
+  </si>
+  <si>
+    <t>782</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/782/pl_213.25_-_wmc_-_institui_no_ambito_do_municipio_de_volta_redonda_o_programa_cidade_limpa_cidade_viva_com_a_realizacao_anual_do_mes_da_limpeza_urbana.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Volta Redonda, o Programa "Cidade Limpa, Cidade Viva", com a realização anual do "Mês da Limpeza Urbana", voltado ao combate ao descarte irregular de resíduos, incentivo à destinação correta do lixo e promoção de ações de conscientização ambiental, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>783</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/783/pl_215.25_-_gk_-_institui_o_programa_dinheiro_direto_na_escola_municipal_de_volta_redonda_-_pddem_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Dinheiro Direto na Escola Municipal de Volta Redonda - PDDEM, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>784</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/784/pl_216.25_-_gk_-_institui_no_ambito_do_municipio_de_volta_redonda_a_campanha_setembro_neon_de_combate_a_violencia_politica_contra_a_mulher_e_por_motivacao_racial.pdf</t>
+  </si>
+  <si>
+    <t>Institui, no âmbito do Município de Volta Redonda, a Campanha "Setembro Neon" de combate à violência Política contra a mulher e por motivação racial, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>785</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/785/pl_217.25_-_gs_-_denomina_rua_jose_mendes_de_alvarenga_a_rua_8_cep_27285195_localizada_no_bairro_san_remo_no_municipio_de_volta_redonda_rj..pdf</t>
+  </si>
+  <si>
+    <t>Denomina Rua "José Mendes de Alvarenga", a Rua 8, CEP 27285-195, localizada no Bairro San Remo, no Município de Volta Redonda/RJ.</t>
+  </si>
+  <si>
+    <t>786</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/786/pl_218.25_-_wemc_-_dispoe_sobre_a_denominacao_centro_de_fisioterapia_julia_maria_de_jesus_o_centro_de_fisioterapia_do_bairro_santo_agostinho_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação "Centro de Fisioterapia Júlia Maria de Jesus”, o Centro de Fisioterapia do Bairro Santo Agostinho, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>799</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/799/pl_219.25_-_wmc_-_autoriza_o_poder_executivo_a_instituir_o_programa_seguranca_presente_nas_unidades_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a instituir o Programa "Segurança Presente nas Unidades de Saúde", com o objetivo de garantir a integridade física de usuários e profissionais nos estabelecimentos públicos de saúde do Município de Volta Redonda, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>757</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/757/pl_220.25_-_naf_-_dispoe_sobre_a_denominacao_do_posto_de_saude_localizado_na_area_externa_da_arena_esportiva_de_volta_redonda.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação do Posto de Saúde localizado na área externa da Arena Esportiva de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>787</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/787/pl_221.25_-_rcfa_-_declara_a_festa_de_nossa_senhora_aparecida_na_capela_da_beira_rio_da_paroquia_santo_agostinho.pdf</t>
+  </si>
+  <si>
+    <t>Declara a Festa de Nossa Senhora Aparecida na Capela da Beira Rio da Paróquia Santo Agostinho, como Patrimônio Cultural e Imaterial e inclui no Calendário Oficial Eventos do Município de Volta Redonda.</t>
+  </si>
+  <si>
+    <t>789</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/789/pl_222.25_-_jos_-_dispoe_sobre_a_instalacao_de_cameras_de_seguranca_em_veiculos_de_transporte_escolar_publicos_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a instalação de câmeras de segurança em veículos de transporte escolar públicos no Município de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>792</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/792/pl_224.25_-_rcmf_-_institui_a_campanha_maio_verde_no_municipio_de_volta_redonda.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Campanha "Maio Verde" no Município de Volta Redonda, dedicada à Conscientização, Prevenção e Combate ao Glaucoma, e dá outras Providências.</t>
+  </si>
+  <si>
+    <t>793</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/793/pl_225.25_-_rcm_-_institui_o_plano_e_o_concelho_municipal_de_seguranca_publica_mediante_consulta_e_participacao_popula.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Plano e o Conselho Municipal de Segurança Pública, mediante consulta e participação popular, com subsídio de pesquisa fornecido por Instituições Acadêmicas de referência na área no Município de Volta Redonda, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>794</t>
+  </si>
+  <si>
+    <t>226</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/794/pl_226.25_-_rmcf_-_institui_no_ambito_do_municipio_de_volta_redonda_o_incentivo_a_aprendizagem_do_jogo_de_xadrez.pdf</t>
+  </si>
+  <si>
+    <t>Institui no âmbito do Município de Volta Redonda, o incentivo à aprendizagem do jogo de xadrez na rede pública de ensino e dá outras providências.</t>
+  </si>
+  <si>
+    <t>795</t>
+  </si>
+  <si>
+    <t>228</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/795/pl_228.25_-_rcmf_-_institui_o_abril_marrom_no_calendario_oficial_de_volta_redonda_mes_dedicado_a_conscientizacao_prevencao_e_combate.pdf</t>
+  </si>
+  <si>
+    <t>Institui o "Abril Marrom" no Calendário Oficial de Volta Redonda, mês dedicado à conscientização, prevenção e combate às diversas formas de cegueira e à reabilitação de pessoas com deficiência visual.</t>
+  </si>
+  <si>
+    <t>796</t>
+  </si>
+  <si>
+    <t>229</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/796/pl_229.25_-_gk_-_reconhece_a_robotica_como_esporte_de_competicao_e_de_relevancia_educacional_no_municipio_de_volta_redonda.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece a Robótica como esporte de competição e de relevância educacional no Município de Volta Redonda.</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>230</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/800/pl_230.25_-_jos_-_institui_o_programa_que_ensina_criancas_com_pcd_a_viver_melhor_na_cidade_destinado_a_criancas_com_deficiencia.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa que Ensina Crianças com PCD a Viver melhor na Cidade, destinado a crianças com deficiência (cadeirantes, cegos, surdos e outras), no Município de Volta Redonda, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>806</t>
+  </si>
+  <si>
+    <t>232</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/806/pl_232.25_-_rcmf_-_institui_a_politica_municipal_de_adaptacao_climatica_nas_unidades_da_rede_municipal_de_ensino_de_volta_redonda_e_da_outras_providencias.doc.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal de Adaptação Climática nas Unidades da Rede Municipal de Ensino de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>807</t>
+  </si>
+  <si>
+    <t>233</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/807/pl_233.25_-_pcls_-_dispoe_sore_a_disponibilizacao_implantacao_e_acompanhamento_do_implante_contraceptivo_subdermico_implanon_na_rede_publica_de_saude.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sore a disponibilização, implantação e acompanhamento do Implante Contraceptivo Subdérmico (IMPLANON) na rede pública de saúde do município de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
+    <t>802</t>
+  </si>
+  <si>
+    <t>234</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/802/pl_234.25_-_rtc_-_denomina_helio_vigorito_goncalves_o_paulista_o_ponto_de_apoio_ao_motoboy_localizado_na_avenida_adeodato_pires_no_bairro_niteroi..pdf</t>
+  </si>
+  <si>
+    <t>Denomina “Hélio Vigorito Gonçalves, o Paulista” o Ponto de Apoio ao Motoboy localizado na Avenida Adeodato Pires, no bairro Niterói.</t>
+  </si>
+  <si>
+    <t>810</t>
+  </si>
+  <si>
+    <t>249</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/810/pl_249.25_-__reconhece_o_estado_de_calamidade_financeira_na_saude_publica_do_municipio_de_volta_redonda_em_razao_do_cenario_epidemiologico_das_neoplasias_mali_-_copia.pdf</t>
+  </si>
+  <si>
+    <t>Reconhece a Renovação do Estado de Calamidade Financeira na Saúde Pública do Município de Volta Redonda.</t>
+  </si>
+  <si>
+    <t>813</t>
+  </si>
+  <si>
+    <t>252</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/813/pl_252.25_-_wmc_-_reconhece_de_utilidade_publica_municipal_a_associacao_nacional_de_apoio_a_educacao_profissional_e_tecnologica_-_aneptec_e_da_outras_providencias..pdf</t>
+  </si>
+  <si>
+    <t>Reconhece de Utilidade Pública Municipal a Associação Nacional de Apoio à Educação Profissional e Tecnológica - ANEPTEC e dá outras providências.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/459/pdl_-_glk_-_revoga_o_decreto_municipal_n_18.969_de_09_de_janeiro_de_2025_e_restabelece_o_percentual_de_60_dos_recursos_do_icms_verde_ao_fundo_municipal_de_con.pdf</t>
   </si>
   <si>
     <t>Revoga o Decreto Municipal n° 18.969, de 09 de janeiro de 2025, e restabelece o percentual de 60% dos recursos do ICMS Verde ao Fundo Municipal de Conservação Ambiental - FUMCAM.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
@@ -2806,50 +3262,242 @@
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/691/pr_113.25_-_md_-_aprova_a_proposta_orcamentaria_do_fundo_especial_da_camara_municipal_de_volta_redonda_-_fecmvr.pdf</t>
   </si>
   <si>
     <t>Aprova a Proposta Orçamentária do Fundo Especial da Câmara Municipal de Volta Redonda - FECMVR, referente ao Exercício Financeiro de 2026.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/689/pr_114.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_sao_paulo.pdf</t>
   </si>
   <si>
     <t>Estabelece a participação da Câmara Municipal de Volta Redonda no Curso de Capacitação para Vereadores, Prefeitos, Vice-Prefeitos, Secretários Municipais, Gestores, Assessores e Servidores Públicos realizado pela Capacitação e Treinamento, em São Paulo - SP no período de 09 a 13 de setembro de 2025.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/688/pr_115.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_foz_do_iguacu.pdf</t>
   </si>
   <si>
     <t>Estabelece a participação da Câmara Municipal de Volta Redonda no Curso de Capacitação para Vereadores, Prefeitos, Vice-Prefeitos, Secretários Municipais, Gestores, Assessores e Servidores Públicos realizado pela Capacitação e Treinamento, em Foz do Iguaçu – PR, no período de 16 a 20 de setembro de 2025.</t>
   </si>
   <si>
+    <t>765</t>
+  </si>
+  <si>
+    <t>116</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/765/pr_116.25_-_gk_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._vera_lucia_goncalves..pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo a Sra. Vera Lúcia Gonçalves.</t>
+  </si>
+  <si>
+    <t>766</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/766/pr_117.25_-_concede_medalha_professor_paulo_camargo_de_melo_ao_sr._leonardo_gomes_lente..pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo ao Sr. Leonardo Gomes Lente.</t>
+  </si>
+  <si>
+    <t>769</t>
+  </si>
+  <si>
+    <t>118</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/769/pr_118.25_-_jos_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._perla_soares_moura..pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo a Sra. Perla Soares Moura.</t>
+  </si>
+  <si>
+    <t>767</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/767/pr_119.25_-_rcmf_-_concede_medalha_professor_paulo_camargo_de_melo_ao_sr._rangel_venancio_macedo.pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo ao Sr. Rangel Venâncio Macedo.</t>
+  </si>
+  <si>
+    <t>771</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/771/pr_120.25_-_pcls_-_concede_medalha_professor_paulo_camargo_de_melo_ao_sr._luiz_felipe_vieira_barros..pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo ao Sr. Luiz Felipe Vieira Barros.</t>
+  </si>
+  <si>
+    <t>770</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/770/pr_121.25_-_jo_-_concede_medalha_professor_paulo_camargo_de_melo_a_bruna_fernandes_vitorino..pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo à Bruna Fernandes Vitorino.</t>
+  </si>
+  <si>
+    <t>775</t>
+  </si>
+  <si>
+    <t>122</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/775/pr_122.25_-_lsp_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._roberta_mendes..pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo a Sra. Roberta Mendes.</t>
+  </si>
+  <si>
+    <t>768</t>
+  </si>
+  <si>
+    <t>123</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/768/pr_123.25_-_sc_-_concede_medalha_professor_paulo_camargo_de_melo_a_melissa_xavier_batalha.pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo à Melissa Xavier Batalha.</t>
+  </si>
+  <si>
+    <t>764</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/764/pr_124.25_-_ge_-concede_medalha_professor_paulo_camargo_de_melo_a_brenda_da_silva_cordeiro..pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo à Brenda da Silva Cordeiro.</t>
+  </si>
+  <si>
+    <t>774</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/774/pr_125.25_-_jhaj_-_concede_medalha_professor_paulo_camargo_de_melo_ao_sr._hygor_dias_de_carvalho.pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo ao Sr. Hygor Dias de Carvalho.</t>
+  </si>
+  <si>
+    <t>761</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/761/pr_126.25_-_cpd_-_concede_medalha_professor_paulo_camargo_de_melo_a_lidiene_dos_santos_venancio..pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo à Lidiene dos Santos Venâncio.</t>
+  </si>
+  <si>
+    <t>758</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/758/pr_127.25_-_md_-_concede_a_medalha_professor_paulo_camargo_de_melo_ao_sr._daniel_felipe..pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha Professor Paulo Camargo de Melo ao Sr. Daniel Felipe.</t>
+  </si>
+  <si>
+    <t>759</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/759/pr_128.25_-_eq_-_concede_a_medalha_professor_paulo_camargo_de_melo_ao_sr._fernando_cariello_brandao.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha Professor Paulo Camargo de Melo ao Sr. Fernando Cariello Brandão.</t>
+  </si>
+  <si>
+    <t>760</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/760/pr_129.25_-_rcfa_-_concede_medalha_professor_paulo_camargo_de_melo_a_william_gabriel_silva_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo à William Gabriel Silva de Oliveira.</t>
+  </si>
+  <si>
+    <t>773</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/773/pr_130.25_-_rd_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._amanda_martins_goncalves_de_oliveira.pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo a Sra. Amanda Martins Gonçalves de Oliveira.</t>
+  </si>
+  <si>
+    <t>762</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/762/pr_131.25_-_ram_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._cristiane_goncalves_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo a Sra. Cristiane Gonçalves da Silva.</t>
+  </si>
+  <si>
+    <t>772</t>
+  </si>
+  <si>
+    <t>132</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/772/pr_132.25_-_wmc_-_concede_medalha_professor_paulo_camargo_de_melo_a_professora_lucia_helena_de_paiva.pdf</t>
+  </si>
+  <si>
+    <t>Concede Medalha Professor Paulo Camargo de Melo à Professora Lúcia Helena de Paiva.</t>
+  </si>
+  <si>
+    <t>776</t>
+  </si>
+  <si>
+    <t>133</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/776/pr_133.25_-_md_-_concede_titulo_de_cidadania_volta-redondense_ao_ministro_andre_mendonca.pdf</t>
+  </si>
+  <si>
+    <t>Concede Título de Cidadania Volta-Redondense ao Ministro do Supremo Tribunal Federal André Mendonça.</t>
+  </si>
+  <si>
+    <t>763</t>
+  </si>
+  <si>
+    <t>134</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/763/pr_134.25_-_md_-_concede_a_medalha_professor_paulo_camargo_de_melo_a_matheus_moreira_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>Concede a Medalha Professor Paulo Camargo de Melo a Matheus Moreira da Silva.</t>
+  </si>
+  <si>
     <t>728</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/728/pr_135-25_-_md_-__cria_comissao_especial_para_proceder_a_reforma_e_atualizacao_do_regimento_interno_desta_casa._.pdf</t>
   </si>
   <si>
     <t>Cria Comissão Especial para proceder a reforma e atualização do Regimento Interno desta casa.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/734/pr_136-25_-_viagem_a_fortaleza_-_dinho.pdf</t>
   </si>
   <si>
     <t>Estabelece a participação da Câmara Municipal de Volta Redonda em agendas na Prefeitura e Assembleia Legislativa do Ceará, assim como na Câmara Municipal de Fortaleza, para tratar de assuntos do interesse do Município de Volta Redonda, entre os dias 07 a 12 de outubro, em Fortaleza/CE.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/730/pr_137_-_md_-_dispoe_sobre_a_utilizacao_de_assinaturas_eletronicas_nos_contratos_atos_e_documentos_administrativos_da_camara.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a utilização de assinaturas eletrônicas nos contratos, atos e documentos administrativos da Câmara Municipal de Volta Redonda, e dá outras providências.</t>
@@ -2893,50 +3541,95 @@
   <si>
     <t>Estabelece a participação da Câmara Municipal de Volta Redonda em viagem institucional à Brasília/DF, nos dias 13 a 16 de outubro de 2025, para tratar de assuntos do interesse do Município de Volta Redonda.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/726/pr_143-25_-_viagem_a_brasilia_-_paulinho_rx.pdf</t>
   </si>
   <si>
     <t>Estabelece a participação da Câmara Municipal de Volta Redonda em viagem institucional à Brasília/DF, nos dias 27 a 31 de outubro de 2025, para tratar de assuntos do interesse do Município de Volta Redonda.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/727/pr_144-25_-.pdf</t>
   </si>
   <si>
     <t>Estabelece a participação da Câmara Municipal de Volta Redonda no Evento “Caminhos da Renovação” no Rio de Janeiro/RJ, no período de 17 a 19 de outubro de 2025.</t>
   </si>
   <si>
+    <t>753</t>
+  </si>
+  <si>
+    <t>165</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/753/pr_165.25_-_md_-_altera_a_letra_h_do_artigo_35_e_os_itens_3_e_6_e_as_fichas_descritivas_dos_cargos_de_provimento_efetivo.pdf</t>
+  </si>
+  <si>
+    <t>Altera a letra “h” do artigo 35 e os itens 3 e 6 e as fichas descritivas dos Cargos de Provimento Efetivo de Carreira e Classe Inicial constantes do anexo IV da Resolução 5.430/2022.</t>
+  </si>
+  <si>
+    <t>797</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/797/pr_169.25_-_vom_-_dispoe_a_camara_municipal_de_volta_redonda_a_criacao_de_homenagem_anual_dos_profissionais_da_guarda_municipal_e_ordem_publica_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Diploma “Guarda Municipal Luiz Teixeira”, homenageando profissionais que atuam na Segurança Pública do Município de Volta Redonda.</t>
+  </si>
+  <si>
+    <t>805</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/805/pr_172.25_-_cpd_-_cria_o_diploma_senhor_isidorio_ribeiro_para_homenagear_as_servidoras_e_servidores_publicos_da_politica_municipal_de_assistencia_social_de_volta_redonda.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Diploma Senhor Isidorio Ribeiro para homenagear as servidoras e servidores públicos da Política Municipal de Assistência Social de Volta Redonda.</t>
+  </si>
+  <si>
+    <t>804</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/804/pr_175.25_-_revisa_integralmente_e_atualiza_o_regimento_interno_da_camara_municipal_de_volta_redondarj..pdf</t>
+  </si>
+  <si>
+    <t>Revisa integralmente e atualiza o Regimento Interno da Câmara Municipal de Volta Redonda/RJ.</t>
+  </si>
+  <si>
+    <t>814</t>
+  </si>
+  <si>
+    <t>Cria Medalha do Mérito Policial Atílio Avelar Grégio.</t>
+  </si>
+  <si>
     <t>391</t>
   </si>
   <si>
     <t>MSG</t>
   </si>
   <si>
     <t>Mensagem</t>
   </si>
   <si>
     <t>Antonio Francisco Neto</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/391/001.pdf</t>
   </si>
   <si>
     <t>Autoriza Abertura de Crédito Adicional Especial.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/392/002.pdf</t>
   </si>
   <si>
     <t>Altera a Lei Municipal nº 1.412/76.</t>
@@ -3328,123 +4021,228 @@
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/704/061.pdf</t>
   </si>
   <si>
     <t>Acrescenta o art. 40-A e seus parágrafos à Lei Municipal nº 1.896/84 – Código Tributário Municipal.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/708/062_alterada.pdf</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/703/063.pdf</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/702/064.pdf</t>
   </si>
   <si>
+    <t>791</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/791/mensagem_065.25_-_altera_a_lei_municipal_no_5.748_de_29_de_outubro_de_2020_que_institui_o_regulamento_disciplinar_da_guarda_municipal_de_volta_redonda_e_da_outras_providencias.pdf</t>
+  </si>
+  <si>
+    <t>Altera a Lei Municipal nº 5.748, de 29 de outubro de 2020, que institui o Regulamento Disciplinar da Guarda Municipal de Volta Redonda, e dá outras providências.</t>
+  </si>
+  <si>
     <t>715</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/715/066.pdf</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/716/067.pdf</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/723/068.pdf</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/709/069.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa do Município de Volta Redonda para o Exercício Financeiro 2026.</t>
   </si>
   <si>
+    <t>788</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/788/070.pdf</t>
+  </si>
+  <si>
+    <t>Cria a Lei de Incentivos Fiscais a Parques Temáticos e de Diversão no âmbito do Município de Volta Redonda e dá outras providências.</t>
+  </si>
+  <si>
     <t>717</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/717/071.pdf</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/710/072.pdf</t>
   </si>
   <si>
     <t>Institui o Selo Empresa Amiga da Segurança Alimentar - Transformando Desperdício em Benefício no Município de Volta Redonda e dá outras providências.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/714/073.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre anistia e parcelamento de créditos fiscais de que é titular o Município de Volta Redonda e dá outras providências.</t>
   </si>
   <si>
+    <t>741</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/741/074.pdf</t>
+  </si>
+  <si>
+    <t>742</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/742/075.pdf</t>
+  </si>
+  <si>
+    <t>743</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/743/076.pdf</t>
+  </si>
+  <si>
+    <t>754</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/754/mensagem_077.25_-_autoriza_abertura_de_credito_adicional_especial.pdf</t>
+  </si>
+  <si>
+    <t>790</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/790/mensagem_079.25.pdf_institui_a_politica_municipal_da_juventude_.pdf</t>
+  </si>
+  <si>
+    <t>Institui a Política Municipal da Juventude de Volta Redonda - PMJ.</t>
+  </si>
+  <si>
+    <t>803</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/803/mensagem_080.25.pdf</t>
+  </si>
+  <si>
+    <t>801</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/801/mensagem_081.25.pdf</t>
+  </si>
+  <si>
+    <t>Acrescenta e altera dispositivos na Lei Municipal n° 5.793, de 12 de maio de 2021, para adequá-la à nova redação do art. 149-A da Constituição Federal, dada pela Emenda Constitucional n° 132, de 20 de dezembro de 2023, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>808</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/808/082.pdf</t>
+  </si>
+  <si>
+    <t>809</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/809/083.pdf</t>
+  </si>
+  <si>
+    <t>812</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/812/084.pdf</t>
+  </si>
+  <si>
+    <t>811</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/811/086.pdf</t>
+  </si>
+  <si>
+    <t>Cria cargo na Fundação Educacional de Volta Redonda – FEVRE, e dá outras providências.</t>
+  </si>
+  <si>
     <t>685</t>
   </si>
   <si>
     <t>S</t>
   </si>
   <si>
     <t>Substitutivo</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/685/substitutivo_total_ao_pl_085.25_-_rcfa_-_delimita_a_entrada_de_animais_em_areas_de_areia_das_pracas_publicas_do_municipio_de_vr.pdf</t>
   </si>
   <si>
     <t>Delimita a entrada de animais em áreas de areia das praças públicas do município de Volta Redonda, por motivos sanitários e de higiene, e dá outras providências.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/692/substitutivo_total_ao_pl_126.25_-_cpd_-_dispoe_sobre_a_reserva_fde_vagas_de_estacionamento_para_gestantes_e.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre reserva de vagas de estacionamento para gestantes e pessoas acompanhadas de crianças de colo, no âmbito do Município de Volta Redonda, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>750</t>
+  </si>
+  <si>
+    <t>https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/750/substitutivo_total_ao_pl_139.25_-_rcmf_-_denomina_professor_hamilton_tavares_de_medeiros_a_creche.pdf</t>
+  </si>
+  <si>
+    <t>Denomina "Professor Hamilton Tavares de Medeiros" a Creche vinculada à proposta nº 26298000252/2025, referente a recursos do Novo PAC Seleções 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -3748,56 +4546,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/388/pl012025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/389/pl022025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/401/pl_003.25_-_glk_-_proibe_a_fabricacao_a_comercializacao_e_a_distribuicao_de_armas_simuladas_que_disparam_bolinhas_de_gel_no_ambito_do_municipio_volta_redonda_e_da_outras_provid.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/402/pl_004.25_-_glk_-_dispoe_sobre_a_garantia_do_cartao_de_estacionamento_para_pessoas_com_transtorno_do_espectro_autista_tea_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/403/pl_005.25_-_vom_-_dispoe_sobre_a_orbigatoriedade_de_distribuicao_de_agua_a_todos_os_funcionarios_do_municipio_que_prestam_servicos_de_varricao_capina_rocada_coletores_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/404/pl_006.25_-_vom_-_autoriza_o_poder_executivo_a_consentir_que_os_profissionais_de_engenharia_e_arquitetura_que_estiverem_contratados_e_ou_concursados_pelo_municipio_possam_exerc.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/405/pl_007.25_-_rtc_-_proibe_a_contratacao_de_shows_artistas_e_eventos_abeetos_ao_publico_infantojuvenil_que_envolvam_no_decorrer_da_apresentacao_expressao_de_apologia_ao_crime_o.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/406/pl_008.25_-_rcmf_-_dispoe_sobre_a_obrigatoriedade_da_realizacao_de_audiencias_publicas_em_horario_aecssivel_a_populacao_com_previa_divulgacao_e_acessibilidade_adequada_e_da_ou.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/409/pl_011.25_-_rcfa_-_altera_dispositivos_da_lei_municipal_n_2.395_de_19_de_fevereiro_de_1989_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/412/pl_014.25_-_wmc_-_autoriza_o_chefe_do_poder_executivo_municipal_de_volta_redonda_a_implantar_uma_capela_mortuaria_no_bairro_santo_agostinho..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/413/pl_015.25_-_gkl_-_dispoe_sobre_parcelamento_de_creditos_de_que_e_titular_o_servico_autonomo_de_agua_e_esgoto_de_volta_redonda_-_saaevr.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/414/pl_016.25_-_rtc_-_dispoe_sobre_a_permissao_da_terapia_assistida_por_animais_em_hospitais_publicos_no_municipio_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/415/pl17.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/416/pl_018.25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/478/pl_22_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/430/pl_023.25_-_rcfa_-_autoriza_a_implementacao_de_um_novo_modelo_de_transporte_publico_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/431/pl_024.25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/432/pl_025.25_-_rcfa_-_dispoe_sobre_a_criacao_e_delimitacao_oficial_do_bairro__parque_do_contorno_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/424/pl02622.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/429/pl027.25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/447/pl_029.25_-_gs_-_denomina_de_pedro_lucas_dos_santos_a_praca_localizada_na_rua_edson_pedro_s.n_bairro_nova_primavera.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/441/pl_030.2025_-_ba_-_obriga_os_hipermercados_e_supermercados_a_adaptarem_5_cinco_por_cento_de_seus_carrinhos_de_compras_as_pessoas_com_deficiencia_ou_com_mobilidade_reduzida..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/440/pl_031.25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/448/pl_032.25_-_rtc_-_acrescenta_paragrafo_unico_ao_art._1o_da_lei_municipal_no_6.293_de_20_de_outubro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/493/pl_034.25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/494/pl_035.25_-_rcfa_-_da_o_nome_de_recanto_do_braga_a_praca_localizada_na_esquina_das_ruas_310_e_315_no_bairro_sessenta_no_municipio_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/449/pl_037.25_-_md_-_concede_reajuste_aos_servidores_publicos_efetivos_do_poder_publico_legislativo_do_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/495/pl_038.25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/496/0392025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/514/pl_041.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/498/pl_042.25_-_sc_-_altera_a_redacao_do_artigo_1o_da_lei_municipal_no_2.966_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/497/pl_043.2025_-_sc_-_institui_no_ambito_municipal_o_dia_do_profissional_de_barbearia_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/500/pl_045.25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/501/pl_046.25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/502/pl_049.25_-denomina_escadao__marcelo_de_souza_cruz__chu_que_fica_entre_a_rua_angra_dos_reis_no_bairro_siderlandia_e_a_rua_oliveira_martins_localizada_no_bairro_belmonte.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/503/pl_050.25_-_cpd_-_emenda_dispoe_sobre_salas_de_cinema_para_criancas_e_adolescentes_com_tea..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/504/pl_051.25_-_rcfa_-_dispoe_sobre_a_obrigatoriedade_de_alinhamento_e_identificacao_da_fiacao_aerea_bem_como_a_remocao_de_fios_e_equipamentos_excedentes_e_sem_uso.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/505/pl_052.25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/486/pl_055.25_-_prx_-_dispoe_sobre_a_implantacao_do_acesso_ao_dispositivo_intrauterino_diu_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/487/pl_056.25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/506/pl_058.25_-_prx_-_institui_o_selo_empresa_amiga_do_autista_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/507/pl_059.25_-_prx_-_cria_o_programa_municipal_tempo_de_vida_de_apoio_integral_a_pessoas_com_cancer_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/508/pl_061.25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/488/pl_062.25_-_rd_-_denomina_rua_maria_da_silva_que_fica_no_antigo_condominio_atras_da_escola_estatual_acacia_amarela_no_bairro_jardim_belmonte.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/472/pl_64_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/509/pl_065.25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/482/pl_066.25_-_rcfa_-_dispoe_sobre_a_autorizacao_para_o_sepultamento_de_animais_domesticos_em_imoveis_residenciais_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/483/pl_067.25_-_sc_-_denomina_de_avenida_jose_de_alencar_paiva_a_avenida_a_do_bairro_acude_ii..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/489/pl_068.25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/490/pl_070.25_-_eq_-_institui_a_reserva_e_adaptacao_de_espacos_destinados_a_pessoas_com_transtorno_do_espectro_autista_tea.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/528/pl_073.25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/522/pl_075.25_-_gk_-_denomina__monica_kohler_de_brito_a_area_de_lazer_localizada_na_rua_cezar_lates_no_bairro_limoeiro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/526/pl_076.25_-_rcmf_-_institui_a_semana_de_conscientizacao_do_apadrinhamento_afetivo_no_ambito_do_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/525/pl077.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/515/078.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/516/079.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/554/pl_080.25.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/549/pl_081.25_-_glk_-_institui_o_dia_do_gari_no_ambito_do_municipio_de_volta_redonda_e_a_homenagem_anual_aos_trabalhadores..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/568/pl_082.25_-_sc_-_dispoe_sobre_a_obrigatoriedade_de_criacao_de_vagas_adicionais_para_jovens_aprendizes_nas_reparticoes_publicas_da_administracao_direta_e_indireta.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/555/pl_083.25_-_sc_-_institui_no_ambito_do_municipio_de_volta_redonda_a_semana_de_conscientizacao_prevencao_e_combate_a_sifilis_e_a_sifilis_congenita.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/592/pl_085.25_-_rcfa_-_dispoe_sobre_a_proibicao_da_entrada_e_permanencia_de_animais_em_espacos_publicos_destinados_exclusivamente_ao_uso_infantil_como_pracas_publicas_quadras_de_a.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/562/pl_089.25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/569/pl_094.25_-_pcls_-_institui_o_programa_municipal_de_fisioterapia_para_mulheres_vitimas_de_violencia_domestica_e_sexual_no_municipio_de_volta_redonda_e_da_outras_provide.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/547/pl_096.25_-_wmc_-_autoriza_o_poder_executivo_a_implantar_postos_avancados_do_saae_nas_subprefeituras_do_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/542/pl_098-25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/544/pl_099.25_-_jo_-_dispoe_sobre_parcelamento_de_creditos_de_que_e_titular_o_servico_autonomo_de_agua_e_esgoto_de_volta_redonda__saae.vr.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/545/pl_100.25_-_rcfa_-_altera_o_artigo_131_da_lei_municipal_no_1415_de_1976.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/558/pl_103.25_-_eq_-_assegura_a_crianca_e_ao_adolescente_prioridade_de_vaga_em_unidade_de_ensino_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/563/pl_105.25_-_eq_-_dispoe_sobre_o_tempo_maximo_de_atendimento_para_recarga_de_cartoes_de_transporte_publico_no_ambito_do_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/570/pl_108.25_-_rcfa_-_dispoe_sobre_a_aplicacao_de_penalidade_administrativa_ao_motorista_de_aplicativo_que_recusar_o_transporte_de_pessoa_com_deficiencia_no_municipio_d.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/560/pl_111.25_-_wmc_-altera_a_redacao_do_art._2o_da_lei_municipal_n_5.044.2014_para_ampliar_as_possibilidades_de_parcerias_com_a_iniciativa_privada_visando_a_modernizacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/571/pl_112.25_-_gk_-_dispoe_sobre_o_direito_de_acesso_das_organizacoes_da_sociedade_civil_de_protecao_animal_e_do_conselho_municipal_de_protecao_e_defesa_animal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/572/pl_113.25.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/567/pl_114.25_-_wsst_-_revoga_a_lei_municipal_n_5.443_de_02_de_janeiro_de_2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/573/pl_115.25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/561/pl_117.25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/584/pl_119.25_-_lsp_-_estabelece_o_programa_de_saude_mental_prevencao_de_depressao_e_suicidio_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/585/pl_120.25_-_lsp_-_institui_o_programa_municipal_de_apoio_psicologico_e_juridico_a_professores_e_demais_profissionais_da_rede_publica_de_ensino_que_sofrem_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/586/pl_121.25_-_lsp_-_dispoe_sobre_a_divulgacao_de_informacoes_referentes_a_politicas_publicas_programas_sociais_ou_localizacao_de_equipamentos_publicos_destinados_a_idosos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/587/pl_124.25_-_wsst_-_dispoe_sobre_a_viabilizacao_e_entrega_imediata_de_medicamentos_para_tratamento_de_sindromes_gripais_e_covid-19_nas_unidades_de_urgencia_e_emergencia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/566/pl_125.25_-__reconhece_o_estado_de_calamidade_publica_no_ambito_da_administracao_publica_financeira_da_saude_do_municipio_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/588/pl_126.25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/589/pl_128.25.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/590/pl_129.25_-_rcmf_-_atualiza_a_lei_municipal_n_5.976-2022_que_institui_o_programa_cidade_acessivel_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/591/pl_130.25_-_rcmf_-_dispoe_sobre_a_adocao_oficial_do_novo_simbolo_internacional_de_acessibilidade_no_municipio_de_volta_redonda__e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/595/pl_135.25_-_rcfa_-_dispoe_sobre_a_limpeza_rocada_drenagem_e_manutencao_de_terrenos_urbanos_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/596/pl_136.25_-_glk_-_dispoe_sobre_a_instituicao_do_dia_da_corrida_de_rua_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/603/pl137.25.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/597/pl_138.25.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/598/pl_139.25_-_rcmf_-_denomina_professor_hamilton_tavares_de_medeiros_a_creche_a_ser_construida_com_recursos_do_novo_pac_selecoes_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/599/pl_140.25_-_ge_-_dispoe_sobre_a_instituicao_do_dia_da_corrida_de_rua_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/600/pl_141.25_-_jo_-_dispoe_sobre_a_obrigatoriedade_de_identificacao_do_remetente_em_entregas_realizadas_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/604/pl144.25.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/605/pl_145.25_-_lsp_-_denomina-se_mario_jose_antunes_o_escadao_localizado_na_avenida_santa_rosa_bairro_jardim_belmonte.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/601/pl_no_147.25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/606/pl148.25.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/711/pl_153.25_-_rcmf_-_reconhece_como_utilidade_publica_a_fgas_-_federacao_dos_grupos_de_autoajuda_da_sobriedade.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/611/pl_154.25_-_rcmf_-_dispoe_sobre_a_obrigatoridade_da_reciclagem_de_residuos_solidos_organicos_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/615/pl_155.25.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/616/pl_156.25.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/610/pl_159.25_-_rcmf_-cria_no_ambito_do_municipio_de_volta_redonda_o_selo_bar_e_restaurante_amigo_do_garcom_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/609/pl_160.25_-_rcmf_-_altera_a_denominacao_da_ponte_conhecida_como_elevado_presidente_castelo_branco_localizada_no_bairro_ponte_alta_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/608/pl_161.25-_jos_-dispoe_sobre_a_criacao_de_salas_de_acolhimento_sensorial_para_pessoas_com_transtorno_do_espectro_autista_tea_e_demais_condicoes_sensoriais_nos_hospitais.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/681/pl_163.25_-_rcmf_-_proibe_a_utilizacao_de_aparelhos_sonoros_sem_o_uso_de_fones_de_ouvido_no_interior_dos_veiculos_de_transporte_publico_coletivo_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/682/pl_164.25_-_jo_-_institui_o_programa_de_quitacao_alternativa_de_debitos_municipais_pqadm_que_permite_a_compensacao_de_dividas_tributarias_de_pessoas.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/693/pl_169.25_-_wmc_-_institui_o_programa_municipal_de_prevencao_e_combate_a_depressao_e_ansiedade_nas_escolas_da_rede_publica_municipal_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/694/pl_171.25.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/695/pl_172.25_-_wmc_-_cria_o_estudio_municipal_de_producao_artistica_e_musical_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/696/pl_173.25_-_wmc_-_institui_o_dia_29_de_outubro_como_o_dia_municipal_do_servico_de_atendimento_movel_de_urgencia_samu_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/712/pl_174.25_-_wmc_-_institui_a_lei_de_incentivo_a_producao_audiovisual_e_de_jogos_digitais_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/697/pl_175.25_-_wmc_-_institui_a_semana_municipal_da_gastronomia_e_empreendedorismo_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/706/pl_176.25_-_sc_-_institui_o_ambito_municipal_o_dia_do_policial_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/718/pl_182.25_-_rcmf_-_altera_dispositivo_da_lei_4.924_-2013_modificada_pela_lei_5.142-2015_e_5.567-2018_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/713/pl_183.25_-_lsp_-_denomina-se_jandira_dutra_de_barros_a_praca_na_estrada_nossa_senhora_da_uniao_no1201_bairro_retiro.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/705/pl_185.25_-_naf_-_cria_o_dia_do_escritor_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/707/pl_186.25_-_wmc_-_atualiza_a_lei_municipal_no_6.068_de_30_de_setembro_de_2022_para_ampliar_a_obrigatoriedade_da_insercao_do_simbolo_mundial_de_conscientizacao.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/719/pl_187.25_-_gk_-_institui_o_selo_empresa_amiga_do_aleitamento_materno_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/735/pl_188.25_-_wmc_-_objetivo_institui_o_programa_municipal_de_capacitacao_profissional_e_apoio_ao_empreendedorismo_para_maes_solo_em_situacao.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/720/pl_189.25_-_gk_-_institui_o_programa_municipal_de_incentivo_ao_empreendedorismo_feminino_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/721/pl_193.25_-_gs_-_reconhece_como_patrimonio_cultural_imaterial_do_municipio_de_volta_redonda_a_atividade_de_preservacao.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/722/pl_199.25_-_jhaj_-_dispoe_sobre_a_obrigatoriedade_da_insercao_de_qr_code_nas_placas_de_identificacao_de_ruas_e_logradouros_publicos_do_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/725/pl_200-2025_-_jos_-_prorroga_o_prazo_para_adesao_ao_programa_de_parcelamento_de_creditos_de_que_e_titular_o_servico_autonomo_de_agua_e_esgoto_de_volta_redonda__-_copia.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/736/pl_202.25.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/724/pl_205.25_-_wmc_-_denomina_gabriel_ferreira_thome_o_parquinho_do_zoologico_municipal_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/459/pdl_-_glk_-_revoga_o_decreto_municipal_n_18.969_de_09_de_janeiro_de_2025_e_restabelece_o_percentual_de_60_dos_recursos_do_icms_verde_ao_fundo_municipal_de_con.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/460/pr_001_-_md_-_altera_a_resolucao_no_5.430_de_26_de_outubro_de_2022_que_trata_da_reorganizacao_e_reestruturacao_administrativa_do_seu_quadro_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/458/pr_002.25_-_cpd_-_dispoe_sobre_a_criacao_da_procuradoria_da_mulher_no_ambito_da_camara_municipal_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/461/pr_003.25_-_rd_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sonia_maria_de_oliveira_agostinho..pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/462/pr_004.25_-_rcfa__-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_karolina_chokyu..pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/463/pr_005.25_-_wmc_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sra_kelly_de_paula_da_silva..pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/464/pr_006.25_-_rcmf_-_concede_a_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sra._denise_ferreira_de_souza_ribeiro..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/465/pr_007.25_-_glk_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_ana_octalia_vieira_torres..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/466/pr_008.25_-_rtc_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_bruna_badini_de_alburqueque_vidal..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/468/pr_009.25_-_jo_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_marilia_avila_da_silveira_andrade..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/470/pr_011.25_-_lm_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sra._lea_aparecida_da_soledad_ananias..pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/471/pr_012.25_-_naf_-concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sra._neusane_santos_ribeiro_freire..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/442/pr_21.2025.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/467/pr_22.2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/452/pr_24.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/453/pr_25.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/455/pr262025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/523/pr_28.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/524/pr_29.2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/536/pr302025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/551/pr_031.25_-_glk_-_cria_o_diploma_professora_therezinha_dos_santos_goncalves_assumpcao_homenageando_profissionais_que_atuam_pela_promocao_da_educacao_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/553/pr_032-25_-_viagem_a_brasilia_-_dinho.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/552/pr_033-25_-_1260o_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/550/pr_034.25_-_glk_-_cria_no_ambito_da_municipal_da_camara_municipal_de_volta_municipal_de_redonda_a_homenagem_anual_aos_trabalhadores_da_limpeza_urbana_e_da_outras.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/619/pr_035.25_-_cpd_-_concede_titulo_de_cidadania_volta-redondense_a_dra._juliana_montes_marotti_leite.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/618/pr_036.25_-_gk_-_concede_titulo_de_cidadania_volta-redondense_ao_senhor_carlos_roberto_ferreira.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/617/pr_037.25_-_gk_-_concede_titulo_de_cidadania_volta-redondense_ao_senhor_heitor_favieri_neto.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/621/pr_038.25_-_cpd_-_concede_titulo_de_cidadania_volta-redondense_a_luzia_pinto_suhett_tito.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/624/pr_039.25_-_gs_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._vinicius_dos_santos_oliveira.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/623/pr_040.25_-_gs_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._flavio_roberto_goncalves_toniolo..pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/620/pr_041.25_-_pcls_-_concede_titulo_de_cidadania_volta-redondense_ao_dr._flavio_lerner_sadcovitz.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/622/pr_042.25_-_pcls_-_concede_titulo_de_cidadania_volta-redondense_ao_dr._lauro_mario_perdigao_schuch.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/628/pr_043.25_-_radc_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._everaldo_pinto_ferreira..pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/629/pr_044.25_-_radc_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._silvio_dutra_da_silva.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/630/pr_045.25_-_naf_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._itu_rocha..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/701/pr_046.25_-_naf_-_concede_titulo_de_cidadao_volta-redondense_ao_sr._laercio_jose_lopes..pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/626/pr_047.25_-_rcfa_-_concede_titulo_de_cidadania_volta-redondense_a_elaine_shuqing_chokyu..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/625/pr_048.25_-_rcfa_-_concede_titulo_de_cidadania_volta-redondense_a_flavio_cautiero_horta_jardim_junior..pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/627/pr_049.25_-_sc_-_concede_titulo_de_cidadania_volta-redondense_a_ricardo_soares_ensenat..pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/631/pr_050.25_-_sc_-_concede_titulo_de_cidadania_volta-redondense_a_odorval_dias_batalha..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/632/pr_051.25_-_jos_-_concede_titulo_de_cidadania_volta-redondense_a_reginaldo_aparecido_barbosa..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/633/pr_052.25_-_jos_-_concede_titulo_de_cidadania_volta-redondense_a_dilne_antonio_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/634/pr_053.25_-_wmc_-_concede_titulo_de_cidadania_volta-redondense_ao_professor_francisco_jose_barcellos_sampaio.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/635/pr_054.25_-_wmc_-_concede_titulo_de_cidadania_volta-redondense_a_professora_elisa_ferreira_silva_de_alcantara.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/636/pr_055.25_-_rtc_-_concede_titulo_de_cidadania_volta-redondense_ao_reverendissimo_senhor_padre_alex_de_carvalho_ferreira_soares.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/638/pr_057.25_-_pclc_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._filipe_de_almeida_pereira.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/639/pr_058.25_-_rcmf_-_concede_titulo_de_cidadania_volta-redondense_ao_excelentissimo_sr._prefeito_da_cidade_do_rio_de_janeiro_eduardo_da_costa_paes.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/640/pr_059.25_-_rcmf_-_concede_titulo_de_cidadania_volta-redondense_a_dra._clarisse_pereira_dias_drumond_fortes.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/641/pr_060.25_-_ecq_-_concede_titulo_de_cidadania_volta-redondense_ao_coronel_da_policia_militar_-_rj_senhor_moises_pinheiro_sardemberg.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/642/pr_061.25_-_ecq_-_concede_titulo_de_cidadania_volta-redondense_ao_tenente_coronel_bombeiro_militar_senhor_valerio_jannuzzi_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/643/pr_062.25_-_ecq_-_concede_titulo_de_cidadania_volta-redondense_ao_delegado_de_policia_civil_-_rj_doutor_vinicius_de_mello_coutinho.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/644/pr_064.25_-_ram_-_concede_titulo_de_cidadania_volta-redondense_ao_tenente_coronel_leonardo_nogueira.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/645/pr_065.25_-_ecq_-_concede_titulo_de_cidadania_volta-redondense_ao_senhor_gabriel_arantes_do_nascimento_felinto_cidade_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/578/pr_066-25_-_md_-_viagem_a_brasilia_-_paulinho_rx_-_copia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/577/pr_067-25_-_1263o_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/646/pr_068.25_-_jo_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_geraldo_vida..pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/733/pr_069-25_-_1276o_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_manaus.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/647/pr_070.25_-_jos_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_silvino_gandos_bouzan..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/648/pr_071.25_-_jo_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_abimailton_pratti_da_silva..pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/649/pr_072.25_-_lsp_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_capitao_rafhael_almeida.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/651/pr_074.25_-_jos_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_amauri_pego_mendonca..pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/652/pr_075.25_-_gk_-concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_sr._valdenir_da_silva_costa.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/653/pr_076.25_-_gk_-_concede_medalha_getulio_vargas_do_merito_legislativo_a_sociedade_volta-redondense_de_protecao_aos_animais_spa__vr.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/654/pr_078.25_-_rcfa_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_fernando_carlos_pinheiro_cardoso.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/655/pr_079.25_-_rcmf_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_sra._romilda_collistet_de_miranda..pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/656/pr_080.25_-_radc_-_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_maria_das_gracas_claudino_da_silva.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/657/pr_081.25_-_rtc_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_sr_felipe_delgado_santos.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/658/pr_082.25_-_rtc_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_sr._marcus_vinicius_de_souza_silva.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/659/pr_083.25_-_pcls_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_doutor_caio_antonio_mello_souza..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/660/pr_084.25_-_naf_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_sr._reinaldo_couri_nogueira.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/661/pr_085.25_-_naf_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_sr._eduardo_da_costa_paes.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/662/pr_087.25_-_wmc_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_professor_gustavo_de_paiva_silva.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/663/pr_088.25_-_md_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_doutor_jayber_jose_godoy_soares_junior.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/664/pr_089.25_-_rcmf_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_sra._deputada_federal_benedita_souza_da_silva_sampaio.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/665/pr_090.25_-_ge_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_thiago_ribeiro_martins.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/666/pr_091.25_-_ge_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a__rosane_marques_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/667/pr_092.25_-_ram_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_deputad_federal_hugo_leal_melo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/668/pr_093.25_-_ram_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_sr._gustavo_lopes..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/669/pr_094.25_-_md_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_caio_larcher_maximiano.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/670/pr_095.25_-_sc_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_nivaldo_jose_dos_santos_filho.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/672/pr_097.25_-_jhaj_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_ricardo_monnerat_celes..pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/593/pr_098.25_-_jhaj_-concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_edson_albertassi.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/673/pr_099.25_-_cpd_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_maria_laura_monteza_de_souza_carneiro..pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/674/pr_100.25_-_pdr-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_doutor_thierry_farias_serejo_junior..pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/675/pr_101.25_-_eq_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_thiago_da_silva_quinto.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/676/pr_102.25_-_jhaj_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_anderson_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/677/pr_103.25_-_rcfa_-_concede_a_medalha_getulio_vargas_do_merito_lesgislativo_de_volts_redonda_a_douglas_ruas_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/678/pr_104.25_-_wmc_-_concede_a_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_maria_adelia_mezzabarba_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/679/pr_105.25_-_wmc_-_concede_a_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_luiz_antonio_furlani_filho.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/680/pr_106-25_-_md_-_viagem_a_brasilia_-_gisele_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/699/pr_107-25_-_md_-_viagem_a_brasilia_-_gisele.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/698/pr_109.25_-_radc_-_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_isaac_miguel_dos_anjos..pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/683/pr_110.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/690/pr_111.25_-_curso_de_capacitacao_insper_-_raone.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/607/pr_112.25.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/691/pr_113.25_-_md_-_aprova_a_proposta_orcamentaria_do_fundo_especial_da_camara_municipal_de_volta_redonda_-_fecmvr.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/689/pr_114.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/688/pr_115.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_foz_do_iguacu.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/728/pr_135-25_-_md_-__cria_comissao_especial_para_proceder_a_reforma_e_atualizacao_do_regimento_interno_desta_casa._.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/734/pr_136-25_-_viagem_a_fortaleza_-_dinho.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/730/pr_137_-_md_-_dispoe_sobre_a_utilizacao_de_assinaturas_eletronicas_nos_contratos_atos_e_documentos_administrativos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/729/pr_138_-_md_-_cria_a_escola_do_legislativo_pedro_raymundo_de_magalhaes_no_ambito_da_camara_municipal_de_volta_redondarj_.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/737/pr_139-25_-_curso_teoria_e_pratica_do_planejamento_da_contratacao_-_rodrigo_furtado.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/732/pr_141.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/731/pr_142-25_-_viagem_a_brasilia_-_dure_e_avila.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/726/pr_143-25_-_viagem_a_brasilia_-_paulinho_rx.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/727/pr_144-25_-.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/391/001.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/392/002.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/393/003.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/394/004.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/437/005.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/395/006.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/396/007.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/397/008.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/398/009.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/399/010.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/400/011.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/421/014.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/451/msg_15.2025.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/422/016.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/423/017.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/434/mensagem_25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/435/020.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/436/021.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/443/022.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/438/023.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/450/msg_24.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/445/25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/520/026.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/479/027.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/480/028.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/454/029.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/491/030.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/519/031.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/492/032.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/485/033_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/481/034.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/521/035.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/537/036.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/538/037.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/539/038.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/540/070.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/541/041.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/548/042.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/556/msg_045.2025_-_autoriza_abertura_de_credito_adicional_especial..pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/557/msg_047.2025_-_autoriza_abertura_de_credito_adicional_especial..pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/565/048.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/564/049_-_anexo_unico.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/579/050.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/580/051.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/581/052.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/582/054.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/602/054.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/583/055.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/687/056.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/686/057.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/612/058.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/613/059.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/684/mensagem_060.25.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/704/061.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/708/062_alterada.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/703/063.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/702/064.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/715/066.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/716/067.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/723/068.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/709/069.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/717/071.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/710/072.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/714/073.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/685/substitutivo_total_ao_pl_085.25_-_rcfa_-_delimita_a_entrada_de_animais_em_areas_de_areia_das_pracas_publicas_do_municipio_de_vr.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/692/substitutivo_total_ao_pl_126.25_-_cpd_-_dispoe_sobre_a_reserva_fde_vagas_de_estacionamento_para_gestantes_e.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/388/pl012025.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/389/pl022025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/401/pl_003.25_-_glk_-_proibe_a_fabricacao_a_comercializacao_e_a_distribuicao_de_armas_simuladas_que_disparam_bolinhas_de_gel_no_ambito_do_municipio_volta_redonda_e_da_outras_provid.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/402/pl_004.25_-_glk_-_dispoe_sobre_a_garantia_do_cartao_de_estacionamento_para_pessoas_com_transtorno_do_espectro_autista_tea_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/403/pl_005.25_-_vom_-_dispoe_sobre_a_orbigatoriedade_de_distribuicao_de_agua_a_todos_os_funcionarios_do_municipio_que_prestam_servicos_de_varricao_capina_rocada_coletores_de_lixo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/404/pl_006.25_-_vom_-_autoriza_o_poder_executivo_a_consentir_que_os_profissionais_de_engenharia_e_arquitetura_que_estiverem_contratados_e_ou_concursados_pelo_municipio_possam_exerc.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/405/pl_007.25_-_rtc_-_proibe_a_contratacao_de_shows_artistas_e_eventos_abeetos_ao_publico_infantojuvenil_que_envolvam_no_decorrer_da_apresentacao_expressao_de_apologia_ao_crime_o.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/406/pl_008.25_-_rcmf_-_dispoe_sobre_a_obrigatoriedade_da_realizacao_de_audiencias_publicas_em_horario_aecssivel_a_populacao_com_previa_divulgacao_e_acessibilidade_adequada_e_da_ou.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/409/pl_011.25_-_rcfa_-_altera_dispositivos_da_lei_municipal_n_2.395_de_19_de_fevereiro_de_1989_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/412/pl_014.25_-_wmc_-_autoriza_o_chefe_do_poder_executivo_municipal_de_volta_redonda_a_implantar_uma_capela_mortuaria_no_bairro_santo_agostinho..pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/413/pl_015.25_-_gkl_-_dispoe_sobre_parcelamento_de_creditos_de_que_e_titular_o_servico_autonomo_de_agua_e_esgoto_de_volta_redonda_-_saaevr.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/414/pl_016.25_-_rtc_-_dispoe_sobre_a_permissao_da_terapia_assistida_por_animais_em_hospitais_publicos_no_municipio_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/415/pl17.2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/416/pl_018.25.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/478/pl_22_2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/430/pl_023.25_-_rcfa_-_autoriza_a_implementacao_de_um_novo_modelo_de_transporte_publico_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/431/pl_024.25.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/432/pl_025.25_-_rcfa_-_dispoe_sobre_a_criacao_e_delimitacao_oficial_do_bairro__parque_do_contorno_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/424/pl02622.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/429/pl027.25.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/447/pl_029.25_-_gs_-_denomina_de_pedro_lucas_dos_santos_a_praca_localizada_na_rua_edson_pedro_s.n_bairro_nova_primavera.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/441/pl_030.2025_-_ba_-_obriga_os_hipermercados_e_supermercados_a_adaptarem_5_cinco_por_cento_de_seus_carrinhos_de_compras_as_pessoas_com_deficiencia_ou_com_mobilidade_reduzida..pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/440/pl_031.25.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/448/pl_032.25_-_rtc_-_acrescenta_paragrafo_unico_ao_art._1o_da_lei_municipal_no_6.293_de_20_de_outubro_de_2023..pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/493/pl_034.25.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/494/pl_035.25_-_rcfa_-_da_o_nome_de_recanto_do_braga_a_praca_localizada_na_esquina_das_ruas_310_e_315_no_bairro_sessenta_no_municipio_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/449/pl_037.25_-_md_-_concede_reajuste_aos_servidores_publicos_efetivos_do_poder_publico_legislativo_do_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/495/pl_038.25.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/496/0392025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/514/pl_041.2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/498/pl_042.25_-_sc_-_altera_a_redacao_do_artigo_1o_da_lei_municipal_no_2.966_de_outubro_de_1993.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/497/pl_043.2025_-_sc_-_institui_no_ambito_municipal_o_dia_do_profissional_de_barbearia_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/500/pl_045.25.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/501/pl_046.25.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/502/pl_049.25_-denomina_escadao__marcelo_de_souza_cruz__chu_que_fica_entre_a_rua_angra_dos_reis_no_bairro_siderlandia_e_a_rua_oliveira_martins_localizada_no_bairro_belmonte.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/503/pl_050.25_-_cpd_-_emenda_dispoe_sobre_salas_de_cinema_para_criancas_e_adolescentes_com_tea..pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/504/pl_051.25_-_rcfa_-_dispoe_sobre_a_obrigatoriedade_de_alinhamento_e_identificacao_da_fiacao_aerea_bem_como_a_remocao_de_fios_e_equipamentos_excedentes_e_sem_uso.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/505/pl_052.25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/486/pl_055.25_-_prx_-_dispoe_sobre_a_implantacao_do_acesso_ao_dispositivo_intrauterino_diu_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/487/pl_056.25.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/506/pl_058.25_-_prx_-_institui_o_selo_empresa_amiga_do_autista_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/507/pl_059.25_-_prx_-_cria_o_programa_municipal_tempo_de_vida_de_apoio_integral_a_pessoas_com_cancer_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/508/pl_061.25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/488/pl_062.25_-_rd_-_denomina_rua_maria_da_silva_que_fica_no_antigo_condominio_atras_da_escola_estatual_acacia_amarela_no_bairro_jardim_belmonte.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/472/pl_64_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/509/pl_065.25.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/482/pl_066.25_-_rcfa_-_dispoe_sobre_a_autorizacao_para_o_sepultamento_de_animais_domesticos_em_imoveis_residenciais_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/483/pl_067.25_-_sc_-_denomina_de_avenida_jose_de_alencar_paiva_a_avenida_a_do_bairro_acude_ii..pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/489/pl_068.25.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/490/pl_070.25_-_eq_-_institui_a_reserva_e_adaptacao_de_espacos_destinados_a_pessoas_com_transtorno_do_espectro_autista_tea.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/528/pl_073.25.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/522/pl_075.25_-_gk_-_denomina__monica_kohler_de_brito_a_area_de_lazer_localizada_na_rua_cezar_lates_no_bairro_limoeiro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/526/pl_076.25_-_rcmf_-_institui_a_semana_de_conscientizacao_do_apadrinhamento_afetivo_no_ambito_do_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/525/pl077.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/515/078.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/516/079.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/554/pl_080.25.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/549/pl_081.25_-_glk_-_institui_o_dia_do_gari_no_ambito_do_municipio_de_volta_redonda_e_a_homenagem_anual_aos_trabalhadores..pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/568/pl_082.25_-_sc_-_dispoe_sobre_a_obrigatoriedade_de_criacao_de_vagas_adicionais_para_jovens_aprendizes_nas_reparticoes_publicas_da_administracao_direta_e_indireta.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/555/pl_083.25_-_sc_-_institui_no_ambito_do_municipio_de_volta_redonda_a_semana_de_conscientizacao_prevencao_e_combate_a_sifilis_e_a_sifilis_congenita.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/592/pl_085.25_-_rcfa_-_dispoe_sobre_a_proibicao_da_entrada_e_permanencia_de_animais_em_espacos_publicos_destinados_exclusivamente_ao_uso_infantil_como_pracas_publicas_quadras_de_a.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/562/pl_089.25.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/569/pl_094.25_-_pcls_-_institui_o_programa_municipal_de_fisioterapia_para_mulheres_vitimas_de_violencia_domestica_e_sexual_no_municipio_de_volta_redonda_e_da_outras_provide.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/547/pl_096.25_-_wmc_-_autoriza_o_poder_executivo_a_implantar_postos_avancados_do_saae_nas_subprefeituras_do_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/542/pl_098-25.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/544/pl_099.25_-_jo_-_dispoe_sobre_parcelamento_de_creditos_de_que_e_titular_o_servico_autonomo_de_agua_e_esgoto_de_volta_redonda__saae.vr.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/545/pl_100.25_-_rcfa_-_altera_o_artigo_131_da_lei_municipal_no_1415_de_1976.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/558/pl_103.25_-_eq_-_assegura_a_crianca_e_ao_adolescente_prioridade_de_vaga_em_unidade_de_ensino_da_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/563/pl_105.25_-_eq_-_dispoe_sobre_o_tempo_maximo_de_atendimento_para_recarga_de_cartoes_de_transporte_publico_no_ambito_do_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/570/pl_108.25_-_rcfa_-_dispoe_sobre_a_aplicacao_de_penalidade_administrativa_ao_motorista_de_aplicativo_que_recusar_o_transporte_de_pessoa_com_deficiencia_no_municipio_d.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/560/pl_111.25_-_wmc_-altera_a_redacao_do_art._2o_da_lei_municipal_n_5.044.2014_para_ampliar_as_possibilidades_de_parcerias_com_a_iniciativa_privada_visando_a_modernizacao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/571/pl_112.25_-_gk_-_dispoe_sobre_o_direito_de_acesso_das_organizacoes_da_sociedade_civil_de_protecao_animal_e_do_conselho_municipal_de_protecao_e_defesa_animal.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/572/pl_113.25.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/567/pl_114.25_-_wsst_-_revoga_a_lei_municipal_n_5.443_de_02_de_janeiro_de_2018.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/573/pl_115.25.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/561/pl_117.25.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/584/pl_119.25_-_lsp_-_estabelece_o_programa_de_saude_mental_prevencao_de_depressao_e_suicidio_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/585/pl_120.25_-_lsp_-_institui_o_programa_municipal_de_apoio_psicologico_e_juridico_a_professores_e_demais_profissionais_da_rede_publica_de_ensino_que_sofrem_violencia_nas_escolas.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/586/pl_121.25_-_lsp_-_dispoe_sobre_a_divulgacao_de_informacoes_referentes_a_politicas_publicas_programas_sociais_ou_localizacao_de_equipamentos_publicos_destinados_a_idosos.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/587/pl_124.25_-_wsst_-_dispoe_sobre_a_viabilizacao_e_entrega_imediata_de_medicamentos_para_tratamento_de_sindromes_gripais_e_covid-19_nas_unidades_de_urgencia_e_emergencia.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/566/pl_125.25_-__reconhece_o_estado_de_calamidade_publica_no_ambito_da_administracao_publica_financeira_da_saude_do_municipio_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/588/pl_126.25.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/752/pl_127.25_-_rcmf_-_institui_o_sistema_municipal_de_bicicletas_compartilhadas_-_bike_vr_-_no_ambito_do_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/589/pl_128.25.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/590/pl_129.25_-_rcmf_-_atualiza_a_lei_municipal_n_5.976-2022_que_institui_o_programa_cidade_acessivel_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/591/pl_130.25_-_rcmf_-_dispoe_sobre_a_adocao_oficial_do_novo_simbolo_internacional_de_acessibilidade_no_municipio_de_volta_redonda__e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/595/pl_135.25_-_rcfa_-_dispoe_sobre_a_limpeza_rocada_drenagem_e_manutencao_de_terrenos_urbanos_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/596/pl_136.25_-_glk_-_dispoe_sobre_a_instituicao_do_dia_da_corrida_de_rua_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/603/pl137.25.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/597/pl_138.25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/598/pl_139.25_-_rcmf_-_denomina_professor_hamilton_tavares_de_medeiros_a_creche_a_ser_construida_com_recursos_do_novo_pac_selecoes_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/599/pl_140.25_-_ge_-_dispoe_sobre_a_instituicao_do_dia_da_corrida_de_rua_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/600/pl_141.25_-_jo_-_dispoe_sobre_a_obrigatoriedade_de_identificacao_do_remetente_em_entregas_realizadas_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/604/pl144.25.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/605/pl_145.25_-_lsp_-_denomina-se_mario_jose_antunes_o_escadao_localizado_na_avenida_santa_rosa_bairro_jardim_belmonte.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/601/pl_no_147.25.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/606/pl148.25.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/777/pl_151.25.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/778/pl_152.25_-_rcmf_-_reconhece_como_patrimonio_cultural_imaterial_do_municipio_de_volta_redonda_a_academia_volta-redondense_de_letras_-_avl_e_institui_diretrizes_para_sua_cao.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/711/pl_153.25_-_rcmf_-_reconhece_como_utilidade_publica_a_fgas_-_federacao_dos_grupos_de_autoajuda_da_sobriedade.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/611/pl_154.25_-_rcmf_-_dispoe_sobre_a_obrigatoridade_da_reciclagem_de_residuos_solidos_organicos_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/615/pl_155.25.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/616/pl_156.25.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/610/pl_159.25_-_rcmf_-cria_no_ambito_do_municipio_de_volta_redonda_o_selo_bar_e_restaurante_amigo_do_garcom_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/609/pl_160.25_-_rcmf_-_altera_a_denominacao_da_ponte_conhecida_como_elevado_presidente_castelo_branco_localizada_no_bairro_ponte_alta_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/608/pl_161.25-_jos_-dispoe_sobre_a_criacao_de_salas_de_acolhimento_sensorial_para_pessoas_com_transtorno_do_espectro_autista_tea_e_demais_condicoes_sensoriais_nos_hospitais.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/681/pl_163.25_-_rcmf_-_proibe_a_utilizacao_de_aparelhos_sonoros_sem_o_uso_de_fones_de_ouvido_no_interior_dos_veiculos_de_transporte_publico_coletivo_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/682/pl_164.25_-_jo_-_institui_o_programa_de_quitacao_alternativa_de_debitos_municipais_pqadm_que_permite_a_compensacao_de_dividas_tributarias_de_pessoas.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/779/pl_167.25_-_jos_-dispoe_sobre_a_instalacao_de_fraldarios_adaptados_em_estabelecimentos_publicos_e_privados_de_grande_circulacao_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/693/pl_169.25_-_wmc_-_institui_o_programa_municipal_de_prevencao_e_combate_a_depressao_e_ansiedade_nas_escolas_da_rede_publica_municipal_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/744/pl_170.25_-_wmc_-_institui_o_programa_municipal_de_prevencao_e_combate_a_depressao_e_ansiedade_entre_profissionais_da_educacao_e_apoio_escolar.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/694/pl_171.25.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/695/pl_172.25_-_wmc_-_cria_o_estudio_municipal_de_producao_artistica_e_musical_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/696/pl_173.25_-_wmc_-_institui_o_dia_29_de_outubro_como_o_dia_municipal_do_servico_de_atendimento_movel_de_urgencia_samu_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/712/pl_174.25_-_wmc_-_institui_a_lei_de_incentivo_a_producao_audiovisual_e_de_jogos_digitais_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/697/pl_175.25_-_wmc_-_institui_a_semana_municipal_da_gastronomia_e_empreendedorismo_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/706/pl_176.25_-_sc_-_institui_o_ambito_municipal_o_dia_do_policial_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/756/pl_179.25_-_rcfa_-_reconhece_e_integra_o_conjunto_volta_grande_iv_ao_perimetro_urbano_como_bairro_regular_do_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/745/pl_181.25-_wmc_-_denomina_de_capina_mortuaria_mario_benedito_martins_a_capela_mortuaria_a_ser_implantada_no_bairro_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/718/pl_182.25_-_rcmf_-_altera_dispositivo_da_lei_4.924_-2013_modificada_pela_lei_5.142-2015_e_5.567-2018_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/713/pl_183.25_-_lsp_-_denomina-se_jandira_dutra_de_barros_a_praca_na_estrada_nossa_senhora_da_uniao_no1201_bairro_retiro.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/705/pl_185.25_-_naf_-_cria_o_dia_do_escritor_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/707/pl_186.25_-_wmc_-_atualiza_a_lei_municipal_no_6.068_de_30_de_setembro_de_2022_para_ampliar_a_obrigatoriedade_da_insercao_do_simbolo_mundial_de_conscientizacao.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/719/pl_187.25_-_gk_-_institui_o_selo_empresa_amiga_do_aleitamento_materno_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/735/pl_188.25_-_wmc_-_objetivo_institui_o_programa_municipal_de_capacitacao_profissional_e_apoio_ao_empreendedorismo_para_maes_solo_em_situacao.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/720/pl_189.25_-_gk_-_institui_o_programa_municipal_de_incentivo_ao_empreendedorismo_feminino_no_municipio_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/721/pl_193.25_-_gs_-_reconhece_como_patrimonio_cultural_imaterial_do_municipio_de_volta_redonda_a_atividade_de_preservacao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/780/pl_194.25_-_gs_-_institui_no_calendario_oficial_do_municipio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/746/pl_195.25_-_jos_-_institui_o_programa_casa_segura_voltado_a_adaptacao_do_ambiente_domestico_de_pessoas_idosas_e_pessoas.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/781/pl_196.25_-_wmc_-_institui_o_programa_de_saude_integral_da_mulher_no_pos-parto_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/747/pl_197.25.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/798/pl_198.25_-_wmc_-_institui_o_programa_municipal_de_incentivo_ao_esporte_de_base_de_volta_redonda_cria_o_bolsa_atleta_municipal_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/722/pl_199.25_-_jhaj_-_dispoe_sobre_a_obrigatoriedade_da_insercao_de_qr_code_nas_placas_de_identificacao_de_ruas_e_logradouros_publicos_do_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/725/pl_200-2025_-_jos_-_prorroga_o_prazo_para_adesao_ao_programa_de_parcelamento_de_creditos_de_que_e_titular_o_servico_autonomo_de_agua_e_esgoto_de_volta_redonda__-_copia.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/736/pl_202.25.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/724/pl_205.25_-_wmc_-_denomina_gabriel_ferreira_thome_o_parquinho_do_zoologico_municipal_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/739/pl_207.25_-_md_-_dispoe_sobre_a_concessao_de_abono_em_pecunia_aos_servidores_efetivos_e_comissionados_da_camara_municipal_de_volta_redonda..pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/740/pl_208.25_-_md_-_concede_reajuste_aos_servidores_comissionados_do_poder_legislativo_do_municipio_de_volta_redonda-rj..pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/738/pl_209.2025_-_md_-_altera_o_artigo_2o_da_lei_5.556_de_10_de_dezembro_de_2018_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/748/pl_210.25_-_wmc_-_autoriza_o_poder_executivo_a_celebrar_convenios_termos_de_cooperacao_e_instrumentos_congeneres_com_o_detran_rj_e_demais_orgaos_estaduais_para_implantacao.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/749/pl_211.25_-_jos_-_institui_o_programa_cine_inclusivo_municipal-sessoes_de_cinema_acessiveis_para_pessoas_surdas.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/755/pl_212.25_-_naf_-_dispoe_sobre_a_denominacao_de_praca_sete_de_setembro_localizada_no_bairro_eucaliptal_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/782/pl_213.25_-_wmc_-_institui_no_ambito_do_municipio_de_volta_redonda_o_programa_cidade_limpa_cidade_viva_com_a_realizacao_anual_do_mes_da_limpeza_urbana.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/783/pl_215.25_-_gk_-_institui_o_programa_dinheiro_direto_na_escola_municipal_de_volta_redonda_-_pddem_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/784/pl_216.25_-_gk_-_institui_no_ambito_do_municipio_de_volta_redonda_a_campanha_setembro_neon_de_combate_a_violencia_politica_contra_a_mulher_e_por_motivacao_racial.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/785/pl_217.25_-_gs_-_denomina_rua_jose_mendes_de_alvarenga_a_rua_8_cep_27285195_localizada_no_bairro_san_remo_no_municipio_de_volta_redonda_rj..pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/786/pl_218.25_-_wemc_-_dispoe_sobre_a_denominacao_centro_de_fisioterapia_julia_maria_de_jesus_o_centro_de_fisioterapia_do_bairro_santo_agostinho_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/799/pl_219.25_-_wmc_-_autoriza_o_poder_executivo_a_instituir_o_programa_seguranca_presente_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/757/pl_220.25_-_naf_-_dispoe_sobre_a_denominacao_do_posto_de_saude_localizado_na_area_externa_da_arena_esportiva_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/787/pl_221.25_-_rcfa_-_declara_a_festa_de_nossa_senhora_aparecida_na_capela_da_beira_rio_da_paroquia_santo_agostinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/789/pl_222.25_-_jos_-_dispoe_sobre_a_instalacao_de_cameras_de_seguranca_em_veiculos_de_transporte_escolar_publicos_no_municipio_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/792/pl_224.25_-_rcmf_-_institui_a_campanha_maio_verde_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/793/pl_225.25_-_rcm_-_institui_o_plano_e_o_concelho_municipal_de_seguranca_publica_mediante_consulta_e_participacao_popula.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/794/pl_226.25_-_rmcf_-_institui_no_ambito_do_municipio_de_volta_redonda_o_incentivo_a_aprendizagem_do_jogo_de_xadrez.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/795/pl_228.25_-_rcmf_-_institui_o_abril_marrom_no_calendario_oficial_de_volta_redonda_mes_dedicado_a_conscientizacao_prevencao_e_combate.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/796/pl_229.25_-_gk_-_reconhece_a_robotica_como_esporte_de_competicao_e_de_relevancia_educacional_no_municipio_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/800/pl_230.25_-_jos_-_institui_o_programa_que_ensina_criancas_com_pcd_a_viver_melhor_na_cidade_destinado_a_criancas_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/806/pl_232.25_-_rcmf_-_institui_a_politica_municipal_de_adaptacao_climatica_nas_unidades_da_rede_municipal_de_ensino_de_volta_redonda_e_da_outras_providencias.doc.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/807/pl_233.25_-_pcls_-_dispoe_sore_a_disponibilizacao_implantacao_e_acompanhamento_do_implante_contraceptivo_subdermico_implanon_na_rede_publica_de_saude.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/802/pl_234.25_-_rtc_-_denomina_helio_vigorito_goncalves_o_paulista_o_ponto_de_apoio_ao_motoboy_localizado_na_avenida_adeodato_pires_no_bairro_niteroi..pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/810/pl_249.25_-__reconhece_o_estado_de_calamidade_financeira_na_saude_publica_do_municipio_de_volta_redonda_em_razao_do_cenario_epidemiologico_das_neoplasias_mali_-_copia.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/813/pl_252.25_-_wmc_-_reconhece_de_utilidade_publica_municipal_a_associacao_nacional_de_apoio_a_educacao_profissional_e_tecnologica_-_aneptec_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/459/pdl_-_glk_-_revoga_o_decreto_municipal_n_18.969_de_09_de_janeiro_de_2025_e_restabelece_o_percentual_de_60_dos_recursos_do_icms_verde_ao_fundo_municipal_de_con.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/460/pr_001_-_md_-_altera_a_resolucao_no_5.430_de_26_de_outubro_de_2022_que_trata_da_reorganizacao_e_reestruturacao_administrativa_do_seu_quadro_de_cargo.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/458/pr_002.25_-_cpd_-_dispoe_sobre_a_criacao_da_procuradoria_da_mulher_no_ambito_da_camara_municipal_de_volta_redonda_e_da_outras_providencias..pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/461/pr_003.25_-_rd_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sonia_maria_de_oliveira_agostinho..pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/462/pr_004.25_-_rcfa__-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_karolina_chokyu..pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/463/pr_005.25_-_wmc_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sra_kelly_de_paula_da_silva..pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/464/pr_006.25_-_rcmf_-_concede_a_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sra._denise_ferreira_de_souza_ribeiro..pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/465/pr_007.25_-_glk_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_ana_octalia_vieira_torres..pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/466/pr_008.25_-_rtc_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_bruna_badini_de_alburqueque_vidal..pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/468/pr_009.25_-_jo_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_marilia_avila_da_silveira_andrade..pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/470/pr_011.25_-_lm_-_concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sra._lea_aparecida_da_soledad_ananias..pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/471/pr_012.25_-_naf_-concede_medalha_de_merito_vereadora_gloria_roussim_guedes_pinto_a_sra._neusane_santos_ribeiro_freire..pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/442/pr_21.2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/467/pr_22.2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/452/pr_24.2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/453/pr_25.2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/455/pr262025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/523/pr_28.2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/524/pr_29.2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/536/pr302025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/551/pr_031.25_-_glk_-_cria_o_diploma_professora_therezinha_dos_santos_goncalves_assumpcao_homenageando_profissionais_que_atuam_pela_promocao_da_educacao_do_municipio..pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/553/pr_032-25_-_viagem_a_brasilia_-_dinho.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/552/pr_033-25_-_1260o_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/550/pr_034.25_-_glk_-_cria_no_ambito_da_municipal_da_camara_municipal_de_volta_municipal_de_redonda_a_homenagem_anual_aos_trabalhadores_da_limpeza_urbana_e_da_outras.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/619/pr_035.25_-_cpd_-_concede_titulo_de_cidadania_volta-redondense_a_dra._juliana_montes_marotti_leite.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/618/pr_036.25_-_gk_-_concede_titulo_de_cidadania_volta-redondense_ao_senhor_carlos_roberto_ferreira.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/617/pr_037.25_-_gk_-_concede_titulo_de_cidadania_volta-redondense_ao_senhor_heitor_favieri_neto.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/621/pr_038.25_-_cpd_-_concede_titulo_de_cidadania_volta-redondense_a_luzia_pinto_suhett_tito.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/624/pr_039.25_-_gs_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._vinicius_dos_santos_oliveira.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/623/pr_040.25_-_gs_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._flavio_roberto_goncalves_toniolo..pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/620/pr_041.25_-_pcls_-_concede_titulo_de_cidadania_volta-redondense_ao_dr._flavio_lerner_sadcovitz.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/622/pr_042.25_-_pcls_-_concede_titulo_de_cidadania_volta-redondense_ao_dr._lauro_mario_perdigao_schuch.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/628/pr_043.25_-_radc_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._everaldo_pinto_ferreira..pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/629/pr_044.25_-_radc_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._silvio_dutra_da_silva.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/630/pr_045.25_-_naf_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._itu_rocha..pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/701/pr_046.25_-_naf_-_concede_titulo_de_cidadao_volta-redondense_ao_sr._laercio_jose_lopes..pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/626/pr_047.25_-_rcfa_-_concede_titulo_de_cidadania_volta-redondense_a_elaine_shuqing_chokyu..pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/625/pr_048.25_-_rcfa_-_concede_titulo_de_cidadania_volta-redondense_a_flavio_cautiero_horta_jardim_junior..pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/627/pr_049.25_-_sc_-_concede_titulo_de_cidadania_volta-redondense_a_ricardo_soares_ensenat..pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/631/pr_050.25_-_sc_-_concede_titulo_de_cidadania_volta-redondense_a_odorval_dias_batalha..pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/632/pr_051.25_-_jos_-_concede_titulo_de_cidadania_volta-redondense_a_reginaldo_aparecido_barbosa..pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/633/pr_052.25_-_jos_-_concede_titulo_de_cidadania_volta-redondense_a_dilne_antonio_dos_santos..pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/634/pr_053.25_-_wmc_-_concede_titulo_de_cidadania_volta-redondense_ao_professor_francisco_jose_barcellos_sampaio.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/635/pr_054.25_-_wmc_-_concede_titulo_de_cidadania_volta-redondense_a_professora_elisa_ferreira_silva_de_alcantara.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/636/pr_055.25_-_rtc_-_concede_titulo_de_cidadania_volta-redondense_ao_reverendissimo_senhor_padre_alex_de_carvalho_ferreira_soares.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/638/pr_057.25_-_pclc_-_concede_titulo_de_cidadania_volta-redondense_ao_sr._filipe_de_almeida_pereira.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/639/pr_058.25_-_rcmf_-_concede_titulo_de_cidadania_volta-redondense_ao_excelentissimo_sr._prefeito_da_cidade_do_rio_de_janeiro_eduardo_da_costa_paes.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/640/pr_059.25_-_rcmf_-_concede_titulo_de_cidadania_volta-redondense_a_dra._clarisse_pereira_dias_drumond_fortes.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/641/pr_060.25_-_ecq_-_concede_titulo_de_cidadania_volta-redondense_ao_coronel_da_policia_militar_-_rj_senhor_moises_pinheiro_sardemberg.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/642/pr_061.25_-_ecq_-_concede_titulo_de_cidadania_volta-redondense_ao_tenente_coronel_bombeiro_militar_senhor_valerio_jannuzzi_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/643/pr_062.25_-_ecq_-_concede_titulo_de_cidadania_volta-redondense_ao_delegado_de_policia_civil_-_rj_doutor_vinicius_de_mello_coutinho.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/644/pr_064.25_-_ram_-_concede_titulo_de_cidadania_volta-redondense_ao_tenente_coronel_leonardo_nogueira.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/645/pr_065.25_-_ecq_-_concede_titulo_de_cidadania_volta-redondense_ao_senhor_gabriel_arantes_do_nascimento_felinto_cidade_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/578/pr_066-25_-_md_-_viagem_a_brasilia_-_paulinho_rx_-_copia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/577/pr_067-25_-_1263o_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/646/pr_068.25_-_jo_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_geraldo_vida..pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/733/pr_069-25_-_1276o_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_manaus.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/647/pr_070.25_-_jos_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_silvino_gandos_bouzan..pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/648/pr_071.25_-_jo_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_abimailton_pratti_da_silva..pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/649/pr_072.25_-_lsp_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_capitao_rafhael_almeida.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/651/pr_074.25_-_jos_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_amauri_pego_mendonca..pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/652/pr_075.25_-_gk_-concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_sr._valdenir_da_silva_costa.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/653/pr_076.25_-_gk_-_concede_medalha_getulio_vargas_do_merito_legislativo_a_sociedade_volta-redondense_de_protecao_aos_animais_spa__vr.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/654/pr_078.25_-_rcfa_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_fernando_carlos_pinheiro_cardoso.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/655/pr_079.25_-_rcmf_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_sra._romilda_collistet_de_miranda..pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/656/pr_080.25_-_radc_-_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_maria_das_gracas_claudino_da_silva.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/657/pr_081.25_-_rtc_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_sr_felipe_delgado_santos.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/658/pr_082.25_-_rtc_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_sr._marcus_vinicius_de_souza_silva.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/659/pr_083.25_-_pcls_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_doutor_caio_antonio_mello_souza..pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/660/pr_084.25_-_naf_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_sr._reinaldo_couri_nogueira.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/661/pr_085.25_-_naf_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_sr._eduardo_da_costa_paes.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/662/pr_087.25_-_wmc_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_professor_gustavo_de_paiva_silva.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/663/pr_088.25_-_md_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_doutor_jayber_jose_godoy_soares_junior.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/664/pr_089.25_-_rcmf_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_sra._deputada_federal_benedita_souza_da_silva_sampaio.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/665/pr_090.25_-_ge_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_thiago_ribeiro_martins.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/666/pr_091.25_-_ge_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a__rosane_marques_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/667/pr_092.25_-_ram_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_deputad_federal_hugo_leal_melo_da_silva.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/668/pr_093.25_-_ram_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_sr._gustavo_lopes..pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/669/pr_094.25_-_md_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_caio_larcher_maximiano.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/670/pr_095.25_-_sc_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_nivaldo_jose_dos_santos_filho.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/672/pr_097.25_-_jhaj_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_ricardo_monnerat_celes..pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/593/pr_098.25_-_jhaj_-concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_edson_albertassi.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/673/pr_099.25_-_cpd_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_maria_laura_monteza_de_souza_carneiro..pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/674/pr_100.25_-_pdr-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_ao_doutor_thierry_farias_serejo_junior..pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/675/pr_101.25_-_eq_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_thiago_da_silva_quinto.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/676/pr_102.25_-_jhaj_-_concede_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_anderson_lopes_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/677/pr_103.25_-_rcfa_-_concede_a_medalha_getulio_vargas_do_merito_lesgislativo_de_volts_redonda_a_douglas_ruas_dos_santos.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/678/pr_104.25_-_wmc_-_concede_a_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_maria_adelia_mezzabarba_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/679/pr_105.25_-_wmc_-_concede_a_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_luiz_antonio_furlani_filho.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/680/pr_106-25_-_md_-_viagem_a_brasilia_-_gisele_-_copia_-_copia.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/699/pr_107-25_-_md_-_viagem_a_brasilia_-_gisele.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/698/pr_109.25_-_radc_-_medalha_getulio_vargas_do_merito_legislativo_de_volta_redonda_a_isaac_miguel_dos_anjos..pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/683/pr_110.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/690/pr_111.25_-_curso_de_capacitacao_insper_-_raone.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/607/pr_112.25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/691/pr_113.25_-_md_-_aprova_a_proposta_orcamentaria_do_fundo_especial_da_camara_municipal_de_volta_redonda_-_fecmvr.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/689/pr_114.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_sao_paulo.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/688/pr_115.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_foz_do_iguacu.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/765/pr_116.25_-_gk_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._vera_lucia_goncalves..pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/766/pr_117.25_-_concede_medalha_professor_paulo_camargo_de_melo_ao_sr._leonardo_gomes_lente..pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/769/pr_118.25_-_jos_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._perla_soares_moura..pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/767/pr_119.25_-_rcmf_-_concede_medalha_professor_paulo_camargo_de_melo_ao_sr._rangel_venancio_macedo.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/771/pr_120.25_-_pcls_-_concede_medalha_professor_paulo_camargo_de_melo_ao_sr._luiz_felipe_vieira_barros..pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/770/pr_121.25_-_jo_-_concede_medalha_professor_paulo_camargo_de_melo_a_bruna_fernandes_vitorino..pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/775/pr_122.25_-_lsp_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._roberta_mendes..pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/768/pr_123.25_-_sc_-_concede_medalha_professor_paulo_camargo_de_melo_a_melissa_xavier_batalha.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/764/pr_124.25_-_ge_-concede_medalha_professor_paulo_camargo_de_melo_a_brenda_da_silva_cordeiro..pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/774/pr_125.25_-_jhaj_-_concede_medalha_professor_paulo_camargo_de_melo_ao_sr._hygor_dias_de_carvalho.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/761/pr_126.25_-_cpd_-_concede_medalha_professor_paulo_camargo_de_melo_a_lidiene_dos_santos_venancio..pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/758/pr_127.25_-_md_-_concede_a_medalha_professor_paulo_camargo_de_melo_ao_sr._daniel_felipe..pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/759/pr_128.25_-_eq_-_concede_a_medalha_professor_paulo_camargo_de_melo_ao_sr._fernando_cariello_brandao.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/760/pr_129.25_-_rcfa_-_concede_medalha_professor_paulo_camargo_de_melo_a_william_gabriel_silva_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/773/pr_130.25_-_rd_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._amanda_martins_goncalves_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/762/pr_131.25_-_ram_-_concede_medalha_professor_paulo_camargo_de_melo_a_sra._cristiane_goncalves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/772/pr_132.25_-_wmc_-_concede_medalha_professor_paulo_camargo_de_melo_a_professora_lucia_helena_de_paiva.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/776/pr_133.25_-_md_-_concede_titulo_de_cidadania_volta-redondense_ao_ministro_andre_mendonca.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/763/pr_134.25_-_md_-_concede_a_medalha_professor_paulo_camargo_de_melo_a_matheus_moreira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/728/pr_135-25_-_md_-__cria_comissao_especial_para_proceder_a_reforma_e_atualizacao_do_regimento_interno_desta_casa._.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/734/pr_136-25_-_viagem_a_fortaleza_-_dinho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/730/pr_137_-_md_-_dispoe_sobre_a_utilizacao_de_assinaturas_eletronicas_nos_contratos_atos_e_documentos_administrativos_da_camara.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/729/pr_138_-_md_-_cria_a_escola_do_legislativo_pedro_raymundo_de_magalhaes_no_ambito_da_camara_municipal_de_volta_redondarj_.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/737/pr_139-25_-_curso_teoria_e_pratica_do_planejamento_da_contratacao_-_rodrigo_furtado.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/732/pr_141.25_-_curso_de_capacitacao_realizado_pela_qualificar_capacitacao_e_treinamento_em_belo_horizonte.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/731/pr_142-25_-_viagem_a_brasilia_-_dure_e_avila.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/726/pr_143-25_-_viagem_a_brasilia_-_paulinho_rx.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/727/pr_144-25_-.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/753/pr_165.25_-_md_-_altera_a_letra_h_do_artigo_35_e_os_itens_3_e_6_e_as_fichas_descritivas_dos_cargos_de_provimento_efetivo.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/797/pr_169.25_-_vom_-_dispoe_a_camara_municipal_de_volta_redonda_a_criacao_de_homenagem_anual_dos_profissionais_da_guarda_municipal_e_ordem_publica_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/805/pr_172.25_-_cpd_-_cria_o_diploma_senhor_isidorio_ribeiro_para_homenagear_as_servidoras_e_servidores_publicos_da_politica_municipal_de_assistencia_social_de_volta_redonda.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/804/pr_175.25_-_revisa_integralmente_e_atualiza_o_regimento_interno_da_camara_municipal_de_volta_redondarj..pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/391/001.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/392/002.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/393/003.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/394/004.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/437/005.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/395/006.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/396/007.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/397/008.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/398/009.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/399/010.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/400/011.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/421/014.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/451/msg_15.2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/422/016.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/423/017.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/434/mensagem_25.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/435/020.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/436/021.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/443/022.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/438/023.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/450/msg_24.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/445/25.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/520/026.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/479/027.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/480/028.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/454/029.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/491/030.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/519/031.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/492/032.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/485/033_e_anexos.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/481/034.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/521/035.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/537/036.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/538/037.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/539/038.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/540/070.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/541/041.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/548/042.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/556/msg_045.2025_-_autoriza_abertura_de_credito_adicional_especial..pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/557/msg_047.2025_-_autoriza_abertura_de_credito_adicional_especial..pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/565/048.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/564/049_-_anexo_unico.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/579/050.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/580/051.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/581/052.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/582/054.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/602/054.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/583/055.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/687/056.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/686/057.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/612/058.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/613/059.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/684/mensagem_060.25.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/704/061.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/708/062_alterada.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/703/063.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/702/064.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/791/mensagem_065.25_-_altera_a_lei_municipal_no_5.748_de_29_de_outubro_de_2020_que_institui_o_regulamento_disciplinar_da_guarda_municipal_de_volta_redonda_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/715/066.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/716/067.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/723/068.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/709/069.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/788/070.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/717/071.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/710/072.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/714/073.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/741/074.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/742/075.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/743/076.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/754/mensagem_077.25_-_autoriza_abertura_de_credito_adicional_especial.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/790/mensagem_079.25.pdf_institui_a_politica_municipal_da_juventude_.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/803/mensagem_080.25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/801/mensagem_081.25.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/808/082.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/809/083.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/812/084.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/811/086.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/685/substitutivo_total_ao_pl_085.25_-_rcfa_-_delimita_a_entrada_de_animais_em_areas_de_areia_das_pracas_publicas_do_municipio_de_vr.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/692/substitutivo_total_ao_pl_126.25_-_cpd_-_dispoe_sobre_a_reserva_fde_vagas_de_estacionamento_para_gestantes_e.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.voltaredonda.rj.leg.br/media/sapl/public/materialegislativa/2025/750/substitutivo_total_ao_pl_139.25_-_rcmf_-_denomina_professor_hamilton_tavares_de_medeiros_a_creche.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H329"/>
+  <dimension ref="A1:H405"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="142.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="251.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -6594,181 +7392,181 @@
       </c>
       <c r="G108" s="1" t="s">
         <v>434</v>
       </c>
       <c r="H108" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
         <v>436</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
         <v>437</v>
       </c>
       <c r="D109" t="s">
         <v>11</v>
       </c>
       <c r="E109" t="s">
         <v>12</v>
       </c>
       <c r="F109" t="s">
-        <v>166</v>
+        <v>45</v>
       </c>
       <c r="G109" s="1" t="s">
         <v>438</v>
       </c>
       <c r="H109" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
         <v>440</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
         <v>441</v>
       </c>
       <c r="D110" t="s">
         <v>11</v>
       </c>
       <c r="E110" t="s">
         <v>12</v>
       </c>
       <c r="F110" t="s">
-        <v>45</v>
+        <v>166</v>
       </c>
       <c r="G110" s="1" t="s">
         <v>442</v>
       </c>
       <c r="H110" t="s">
         <v>443</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
         <v>444</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
         <v>445</v>
       </c>
       <c r="D111" t="s">
         <v>11</v>
       </c>
       <c r="E111" t="s">
         <v>12</v>
       </c>
       <c r="F111" t="s">
         <v>45</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>51</v>
+        <v>446</v>
       </c>
       <c r="H111" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D112" t="s">
         <v>11</v>
       </c>
       <c r="E112" t="s">
         <v>12</v>
       </c>
       <c r="F112" t="s">
-        <v>55</v>
+        <v>45</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>449</v>
+        <v>51</v>
       </c>
       <c r="H112" t="s">
         <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
         <v>451</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
         <v>452</v>
       </c>
       <c r="D113" t="s">
         <v>11</v>
       </c>
       <c r="E113" t="s">
         <v>12</v>
       </c>
       <c r="F113" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="G113" s="1" t="s">
         <v>453</v>
       </c>
       <c r="H113" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
         <v>455</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
         <v>456</v>
       </c>
       <c r="D114" t="s">
         <v>11</v>
       </c>
       <c r="E114" t="s">
         <v>12</v>
       </c>
       <c r="F114" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G114" s="1" t="s">
         <v>457</v>
       </c>
       <c r="H114" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
         <v>459</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
         <v>460</v>
       </c>
       <c r="D115" t="s">
         <v>11</v>
       </c>
       <c r="E115" t="s">
         <v>12</v>
       </c>
       <c r="F115" t="s">
@@ -6776,181 +7574,181 @@
       </c>
       <c r="G115" s="1" t="s">
         <v>461</v>
       </c>
       <c r="H115" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>463</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>464</v>
       </c>
       <c r="D116" t="s">
         <v>11</v>
       </c>
       <c r="E116" t="s">
         <v>12</v>
       </c>
       <c r="F116" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="G116" s="1" t="s">
         <v>465</v>
       </c>
       <c r="H116" t="s">
         <v>466</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
         <v>467</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>468</v>
       </c>
       <c r="D117" t="s">
         <v>11</v>
       </c>
       <c r="E117" t="s">
         <v>12</v>
       </c>
       <c r="F117" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="G117" s="1" t="s">
         <v>469</v>
       </c>
       <c r="H117" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
         <v>471</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>472</v>
       </c>
       <c r="D118" t="s">
         <v>11</v>
       </c>
       <c r="E118" t="s">
         <v>12</v>
       </c>
       <c r="F118" t="s">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="G118" s="1" t="s">
         <v>473</v>
       </c>
       <c r="H118" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
         <v>475</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>476</v>
       </c>
       <c r="D119" t="s">
         <v>11</v>
       </c>
       <c r="E119" t="s">
         <v>12</v>
       </c>
       <c r="F119" t="s">
-        <v>182</v>
+        <v>101</v>
       </c>
       <c r="G119" s="1" t="s">
         <v>477</v>
       </c>
       <c r="H119" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
         <v>479</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>480</v>
       </c>
       <c r="D120" t="s">
         <v>11</v>
       </c>
       <c r="E120" t="s">
         <v>12</v>
       </c>
       <c r="F120" t="s">
-        <v>261</v>
+        <v>182</v>
       </c>
       <c r="G120" s="1" t="s">
         <v>481</v>
       </c>
       <c r="H120" t="s">
         <v>482</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
         <v>483</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>484</v>
       </c>
       <c r="D121" t="s">
         <v>11</v>
       </c>
       <c r="E121" t="s">
         <v>12</v>
       </c>
       <c r="F121" t="s">
-        <v>63</v>
+        <v>261</v>
       </c>
       <c r="G121" s="1" t="s">
         <v>485</v>
       </c>
       <c r="H121" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
         <v>487</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>488</v>
       </c>
       <c r="D122" t="s">
         <v>11</v>
       </c>
       <c r="E122" t="s">
         <v>12</v>
       </c>
       <c r="F122" t="s">
@@ -6961,152 +7759,152 @@
       </c>
       <c r="H122" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
         <v>491</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>492</v>
       </c>
       <c r="D123" t="s">
         <v>11</v>
       </c>
       <c r="E123" t="s">
         <v>12</v>
       </c>
       <c r="F123" t="s">
         <v>63</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>51</v>
+        <v>493</v>
       </c>
       <c r="H123" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D124" t="s">
         <v>11</v>
       </c>
       <c r="E124" t="s">
         <v>12</v>
       </c>
       <c r="F124" t="s">
-        <v>45</v>
+        <v>63</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>496</v>
+        <v>51</v>
       </c>
       <c r="H124" t="s">
         <v>497</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
         <v>498</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>499</v>
       </c>
       <c r="D125" t="s">
         <v>11</v>
       </c>
       <c r="E125" t="s">
         <v>12</v>
       </c>
       <c r="F125" t="s">
         <v>45</v>
       </c>
       <c r="G125" s="1" t="s">
         <v>500</v>
       </c>
       <c r="H125" t="s">
         <v>501</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
         <v>502</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>503</v>
       </c>
       <c r="D126" t="s">
         <v>11</v>
       </c>
       <c r="E126" t="s">
         <v>12</v>
       </c>
       <c r="F126" t="s">
-        <v>362</v>
+        <v>45</v>
       </c>
       <c r="G126" s="1" t="s">
         <v>504</v>
       </c>
       <c r="H126" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
         <v>506</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>507</v>
       </c>
       <c r="D127" t="s">
         <v>11</v>
       </c>
       <c r="E127" t="s">
         <v>12</v>
       </c>
       <c r="F127" t="s">
-        <v>285</v>
+        <v>45</v>
       </c>
       <c r="G127" s="1" t="s">
         <v>508</v>
       </c>
       <c r="H127" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
         <v>510</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>511</v>
       </c>
       <c r="D128" t="s">
         <v>11</v>
       </c>
       <c r="E128" t="s">
         <v>12</v>
       </c>
       <c r="F128" t="s">
@@ -7114,77 +7912,77 @@
       </c>
       <c r="G128" s="1" t="s">
         <v>512</v>
       </c>
       <c r="H128" t="s">
         <v>513</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
         <v>514</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>515</v>
       </c>
       <c r="D129" t="s">
         <v>11</v>
       </c>
       <c r="E129" t="s">
         <v>12</v>
       </c>
       <c r="F129" t="s">
-        <v>45</v>
+        <v>362</v>
       </c>
       <c r="G129" s="1" t="s">
         <v>516</v>
       </c>
       <c r="H129" t="s">
         <v>517</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
         <v>518</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>519</v>
       </c>
       <c r="D130" t="s">
         <v>11</v>
       </c>
       <c r="E130" t="s">
         <v>12</v>
       </c>
       <c r="F130" t="s">
-        <v>362</v>
+        <v>285</v>
       </c>
       <c r="G130" s="1" t="s">
         <v>520</v>
       </c>
       <c r="H130" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
         <v>522</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>523</v>
       </c>
       <c r="D131" t="s">
         <v>11</v>
       </c>
       <c r="E131" t="s">
         <v>12</v>
       </c>
       <c r="F131" t="s">
@@ -7192,155 +7990,155 @@
       </c>
       <c r="G131" s="1" t="s">
         <v>524</v>
       </c>
       <c r="H131" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>526</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>527</v>
       </c>
       <c r="D132" t="s">
         <v>11</v>
       </c>
       <c r="E132" t="s">
         <v>12</v>
       </c>
       <c r="F132" t="s">
-        <v>362</v>
+        <v>45</v>
       </c>
       <c r="G132" s="1" t="s">
         <v>528</v>
       </c>
       <c r="H132" t="s">
         <v>529</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
         <v>530</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>531</v>
       </c>
       <c r="D133" t="s">
         <v>11</v>
       </c>
       <c r="E133" t="s">
         <v>12</v>
       </c>
       <c r="F133" t="s">
-        <v>70</v>
+        <v>362</v>
       </c>
       <c r="G133" s="1" t="s">
         <v>532</v>
       </c>
       <c r="H133" t="s">
         <v>533</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
         <v>534</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>535</v>
       </c>
       <c r="D134" t="s">
         <v>11</v>
       </c>
       <c r="E134" t="s">
         <v>12</v>
       </c>
       <c r="F134" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="G134" s="1" t="s">
         <v>536</v>
       </c>
       <c r="H134" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
         <v>538</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>539</v>
       </c>
       <c r="D135" t="s">
         <v>11</v>
       </c>
       <c r="E135" t="s">
         <v>12</v>
       </c>
       <c r="F135" t="s">
-        <v>70</v>
+        <v>362</v>
       </c>
       <c r="G135" s="1" t="s">
         <v>540</v>
       </c>
       <c r="H135" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
         <v>542</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>543</v>
       </c>
       <c r="D136" t="s">
         <v>11</v>
       </c>
       <c r="E136" t="s">
         <v>12</v>
       </c>
       <c r="F136" t="s">
-        <v>70</v>
+        <v>362</v>
       </c>
       <c r="G136" s="1" t="s">
         <v>544</v>
       </c>
       <c r="H136" t="s">
         <v>545</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
         <v>546</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>547</v>
       </c>
       <c r="D137" t="s">
         <v>11</v>
       </c>
       <c r="E137" t="s">
         <v>12</v>
       </c>
       <c r="F137" t="s">
@@ -7374,311 +8172,311 @@
       </c>
       <c r="G138" s="1" t="s">
         <v>552</v>
       </c>
       <c r="H138" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
         <v>554</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>555</v>
       </c>
       <c r="D139" t="s">
         <v>11</v>
       </c>
       <c r="E139" t="s">
         <v>12</v>
       </c>
       <c r="F139" t="s">
-        <v>182</v>
+        <v>70</v>
       </c>
       <c r="G139" s="1" t="s">
         <v>556</v>
       </c>
       <c r="H139" t="s">
         <v>557</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
         <v>558</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>559</v>
       </c>
       <c r="D140" t="s">
         <v>11</v>
       </c>
       <c r="E140" t="s">
         <v>12</v>
       </c>
       <c r="F140" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="G140" s="1" t="s">
         <v>560</v>
       </c>
       <c r="H140" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
         <v>562</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>563</v>
       </c>
       <c r="D141" t="s">
         <v>11</v>
       </c>
       <c r="E141" t="s">
         <v>12</v>
       </c>
       <c r="F141" t="s">
-        <v>261</v>
+        <v>70</v>
       </c>
       <c r="G141" s="1" t="s">
         <v>564</v>
       </c>
       <c r="H141" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
         <v>566</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>567</v>
       </c>
       <c r="D142" t="s">
         <v>11</v>
       </c>
       <c r="E142" t="s">
         <v>12</v>
       </c>
       <c r="F142" t="s">
+        <v>70</v>
+      </c>
+      <c r="G142" s="1" t="s">
         <v>568</v>
       </c>
-      <c r="G142" s="1" t="s">
+      <c r="H142" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
+        <v>570</v>
+      </c>
+      <c r="B143" t="s">
+        <v>9</v>
+      </c>
+      <c r="C143" t="s">
         <v>571</v>
-      </c>
-[...4 lines deleted...]
-        <v>572</v>
       </c>
       <c r="D143" t="s">
         <v>11</v>
       </c>
       <c r="E143" t="s">
         <v>12</v>
       </c>
       <c r="F143" t="s">
         <v>70</v>
       </c>
       <c r="G143" s="1" t="s">
+        <v>572</v>
+      </c>
+      <c r="H143" t="s">
         <v>573</v>
-      </c>
-[...1 lines deleted...]
-        <v>574</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
+        <v>574</v>
+      </c>
+      <c r="B144" t="s">
+        <v>9</v>
+      </c>
+      <c r="C144" t="s">
         <v>575</v>
       </c>
-      <c r="B144" t="s">
-[...2 lines deleted...]
-      <c r="C144" t="s">
+      <c r="D144" t="s">
+        <v>11</v>
+      </c>
+      <c r="E144" t="s">
+        <v>12</v>
+      </c>
+      <c r="F144" t="s">
+        <v>182</v>
+      </c>
+      <c r="G144" s="1" t="s">
         <v>576</v>
       </c>
-      <c r="D144" t="s">
-[...8 lines deleted...]
-      <c r="G144" s="1" t="s">
+      <c r="H144" t="s">
         <v>577</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
+        <v>578</v>
+      </c>
+      <c r="B145" t="s">
+        <v>9</v>
+      </c>
+      <c r="C145" t="s">
         <v>579</v>
       </c>
-      <c r="B145" t="s">
-[...2 lines deleted...]
-      <c r="C145" t="s">
+      <c r="D145" t="s">
+        <v>11</v>
+      </c>
+      <c r="E145" t="s">
+        <v>12</v>
+      </c>
+      <c r="F145" t="s">
+        <v>55</v>
+      </c>
+      <c r="G145" s="1" t="s">
         <v>580</v>
       </c>
-      <c r="D145" t="s">
-[...8 lines deleted...]
-      <c r="G145" s="1" t="s">
+      <c r="H145" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>582</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
+        <v>582</v>
+      </c>
+      <c r="B146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C146" t="s">
         <v>583</v>
       </c>
-      <c r="B146" t="s">
-[...2 lines deleted...]
-      <c r="C146" t="s">
+      <c r="D146" t="s">
+        <v>11</v>
+      </c>
+      <c r="E146" t="s">
+        <v>12</v>
+      </c>
+      <c r="F146" t="s">
+        <v>70</v>
+      </c>
+      <c r="G146" s="1" t="s">
         <v>584</v>
       </c>
-      <c r="D146" t="s">
-[...8 lines deleted...]
-      <c r="G146" s="1" t="s">
+      <c r="H146" t="s">
         <v>585</v>
-      </c>
-[...1 lines deleted...]
-        <v>586</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>586</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
         <v>587</v>
       </c>
-      <c r="B147" t="s">
-[...2 lines deleted...]
-      <c r="C147" t="s">
+      <c r="D147" t="s">
+        <v>11</v>
+      </c>
+      <c r="E147" t="s">
+        <v>12</v>
+      </c>
+      <c r="F147" t="s">
+        <v>45</v>
+      </c>
+      <c r="G147" s="1" t="s">
         <v>588</v>
       </c>
-      <c r="D147" t="s">
-[...8 lines deleted...]
-      <c r="G147" s="1" t="s">
+      <c r="H147" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
+        <v>590</v>
+      </c>
+      <c r="B148" t="s">
+        <v>9</v>
+      </c>
+      <c r="C148" t="s">
         <v>591</v>
       </c>
-      <c r="B148" t="s">
-[...2 lines deleted...]
-      <c r="C148" t="s">
+      <c r="D148" t="s">
+        <v>11</v>
+      </c>
+      <c r="E148" t="s">
+        <v>12</v>
+      </c>
+      <c r="F148" t="s">
+        <v>261</v>
+      </c>
+      <c r="G148" s="1" t="s">
         <v>592</v>
       </c>
-      <c r="D148" t="s">
-[...8 lines deleted...]
-      <c r="G148" s="1" t="s">
+      <c r="H148" t="s">
         <v>593</v>
-      </c>
-[...1 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
+        <v>594</v>
+      </c>
+      <c r="B149" t="s">
+        <v>9</v>
+      </c>
+      <c r="C149" t="s">
         <v>595</v>
       </c>
-      <c r="B149" t="s">
-[...2 lines deleted...]
-      <c r="C149" t="s">
+      <c r="D149" t="s">
+        <v>11</v>
+      </c>
+      <c r="E149" t="s">
+        <v>12</v>
+      </c>
+      <c r="F149" t="s">
         <v>596</v>
-      </c>
-[...7 lines deleted...]
-        <v>362</v>
       </c>
       <c r="G149" s="1" t="s">
         <v>597</v>
       </c>
       <c r="H149" t="s">
         <v>598</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
         <v>599</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>600</v>
       </c>
       <c r="D150" t="s">
         <v>11</v>
       </c>
       <c r="E150" t="s">
         <v>12</v>
       </c>
       <c r="F150" t="s">
@@ -7686,4685 +8484,6661 @@
       </c>
       <c r="G150" s="1" t="s">
         <v>601</v>
       </c>
       <c r="H150" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
         <v>603</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>604</v>
       </c>
       <c r="D151" t="s">
         <v>11</v>
       </c>
       <c r="E151" t="s">
         <v>12</v>
       </c>
       <c r="F151" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G151" s="1" t="s">
         <v>605</v>
       </c>
       <c r="H151" t="s">
         <v>606</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
         <v>607</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>10</v>
+        <v>608</v>
       </c>
       <c r="D152" t="s">
-        <v>608</v>
+        <v>11</v>
       </c>
       <c r="E152" t="s">
+        <v>12</v>
+      </c>
+      <c r="F152" t="s">
+        <v>70</v>
+      </c>
+      <c r="G152" s="1" t="s">
         <v>609</v>
       </c>
-      <c r="F152" t="s">
-[...2 lines deleted...]
-      <c r="G152" s="1" t="s">
+      <c r="H152" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
+        <v>611</v>
+      </c>
+      <c r="B153" t="s">
+        <v>9</v>
+      </c>
+      <c r="C153" t="s">
         <v>612</v>
       </c>
-      <c r="B153" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D153" t="s">
+        <v>11</v>
+      </c>
+      <c r="E153" t="s">
+        <v>12</v>
+      </c>
+      <c r="F153" t="s">
+        <v>22</v>
+      </c>
+      <c r="G153" s="1" t="s">
         <v>613</v>
       </c>
-      <c r="E153" t="s">
+      <c r="H153" t="s">
         <v>614</v>
-      </c>
-[...7 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
+        <v>615</v>
+      </c>
+      <c r="B154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C154" t="s">
+        <v>616</v>
+      </c>
+      <c r="D154" t="s">
+        <v>11</v>
+      </c>
+      <c r="E154" t="s">
+        <v>12</v>
+      </c>
+      <c r="F154" t="s">
+        <v>130</v>
+      </c>
+      <c r="G154" s="1" t="s">
         <v>617</v>
       </c>
-      <c r="B154" t="s">
-[...14 lines deleted...]
-      <c r="G154" s="1" t="s">
+      <c r="H154" t="s">
         <v>618</v>
-      </c>
-[...1 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
+        <v>619</v>
+      </c>
+      <c r="B155" t="s">
+        <v>9</v>
+      </c>
+      <c r="C155" t="s">
         <v>620</v>
       </c>
-      <c r="B155" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D155" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E155" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F155" t="s">
-        <v>166</v>
+        <v>130</v>
       </c>
       <c r="G155" s="1" t="s">
         <v>621</v>
       </c>
       <c r="H155" t="s">
         <v>622</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
         <v>623</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>26</v>
+        <v>624</v>
       </c>
       <c r="D156" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E156" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F156" t="s">
-        <v>55</v>
+        <v>362</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H156" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>30</v>
+        <v>628</v>
       </c>
       <c r="D157" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E157" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F157" t="s">
         <v>70</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="H157" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>35</v>
+        <v>632</v>
       </c>
       <c r="D158" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E158" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F158" t="s">
-        <v>45</v>
+        <v>70</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>630</v>
+        <v>633</v>
       </c>
       <c r="H158" t="s">
-        <v>631</v>
+        <v>634</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>632</v>
+        <v>635</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>39</v>
+        <v>636</v>
       </c>
       <c r="D159" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E159" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F159" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="H159" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>44</v>
+        <v>640</v>
       </c>
       <c r="D160" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E160" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F160" t="s">
-        <v>40</v>
+        <v>135</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="H160" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>49</v>
+        <v>644</v>
       </c>
       <c r="D161" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E161" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F161" t="s">
-        <v>101</v>
+        <v>362</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="H161" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>54</v>
+        <v>648</v>
       </c>
       <c r="D162" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E162" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F162" t="s">
-        <v>182</v>
+        <v>70</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>51</v>
+        <v>649</v>
       </c>
       <c r="H162" t="s">
-        <v>642</v>
+        <v>650</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>643</v>
+        <v>651</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>58</v>
+        <v>652</v>
       </c>
       <c r="D163" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E163" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F163" t="s">
-        <v>261</v>
+        <v>40</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>644</v>
+        <v>653</v>
       </c>
       <c r="H163" t="s">
-        <v>645</v>
+        <v>654</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>646</v>
+        <v>655</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>62</v>
+        <v>656</v>
       </c>
       <c r="D164" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E164" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F164" t="s">
-        <v>568</v>
+        <v>13</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="H164" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>97</v>
+        <v>660</v>
       </c>
       <c r="D165" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E165" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>650</v>
+        <v>661</v>
       </c>
       <c r="H165" t="s">
-        <v>651</v>
+        <v>662</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>652</v>
+        <v>663</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>100</v>
+        <v>664</v>
       </c>
       <c r="D166" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E166" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>653</v>
+        <v>665</v>
       </c>
       <c r="H166" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>109</v>
+        <v>668</v>
       </c>
       <c r="D167" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E167" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F167" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>656</v>
+        <v>669</v>
       </c>
       <c r="H167" t="s">
-        <v>657</v>
+        <v>670</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>658</v>
+        <v>671</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>114</v>
+        <v>672</v>
       </c>
       <c r="D168" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E168" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>362</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>659</v>
+        <v>673</v>
       </c>
       <c r="H168" t="s">
-        <v>660</v>
+        <v>674</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>661</v>
+        <v>675</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>118</v>
+        <v>676</v>
       </c>
       <c r="D169" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E169" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>596</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>662</v>
+        <v>677</v>
       </c>
       <c r="H169" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>126</v>
+        <v>680</v>
       </c>
       <c r="D170" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E170" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F170" t="s">
-        <v>665</v>
+        <v>70</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>666</v>
+        <v>681</v>
       </c>
       <c r="H170" t="s">
-        <v>667</v>
+        <v>682</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>129</v>
+        <v>684</v>
       </c>
       <c r="D171" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E171" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>669</v>
+        <v>685</v>
       </c>
       <c r="H171" t="s">
-        <v>670</v>
+        <v>686</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>671</v>
+        <v>687</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>134</v>
+        <v>688</v>
       </c>
       <c r="D172" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E172" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>672</v>
+        <v>689</v>
       </c>
       <c r="H172" t="s">
-        <v>673</v>
+        <v>690</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>674</v>
+        <v>691</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>139</v>
+        <v>692</v>
       </c>
       <c r="D173" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E173" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F173" t="s">
-        <v>22</v>
+        <v>70</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>675</v>
+        <v>693</v>
       </c>
       <c r="H173" t="s">
-        <v>676</v>
+        <v>694</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>677</v>
+        <v>695</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>143</v>
+        <v>696</v>
       </c>
       <c r="D174" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E174" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>678</v>
+        <v>697</v>
       </c>
       <c r="H174" t="s">
-        <v>679</v>
+        <v>698</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>680</v>
+        <v>699</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>147</v>
+        <v>700</v>
       </c>
       <c r="D175" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E175" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>70</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>681</v>
+        <v>701</v>
       </c>
       <c r="H175" t="s">
-        <v>682</v>
+        <v>702</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>683</v>
+        <v>703</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>150</v>
+        <v>704</v>
       </c>
       <c r="D176" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E176" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F176" t="s">
-        <v>22</v>
+        <v>596</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>684</v>
+        <v>705</v>
       </c>
       <c r="H176" t="s">
-        <v>685</v>
+        <v>706</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>686</v>
+        <v>707</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>154</v>
+        <v>708</v>
       </c>
       <c r="D177" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E177" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F177" t="s">
-        <v>209</v>
+        <v>55</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>687</v>
+        <v>709</v>
       </c>
       <c r="H177" t="s">
-        <v>688</v>
+        <v>710</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>689</v>
+        <v>711</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>158</v>
+        <v>712</v>
       </c>
       <c r="D178" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E178" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F178" t="s">
-        <v>22</v>
+        <v>362</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>690</v>
+        <v>713</v>
       </c>
       <c r="H178" t="s">
-        <v>691</v>
+        <v>714</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>692</v>
+        <v>715</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>161</v>
+        <v>716</v>
       </c>
       <c r="D179" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E179" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F179" t="s">
-        <v>22</v>
+        <v>45</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>693</v>
+        <v>717</v>
       </c>
       <c r="H179" t="s">
-        <v>694</v>
+        <v>718</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>695</v>
+        <v>719</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>165</v>
+        <v>720</v>
       </c>
       <c r="D180" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E180" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F180" t="s">
-        <v>209</v>
+        <v>45</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>696</v>
+        <v>721</v>
       </c>
       <c r="H180" t="s">
-        <v>697</v>
+        <v>722</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>698</v>
+        <v>723</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>170</v>
+        <v>724</v>
       </c>
       <c r="D181" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E181" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F181" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>699</v>
+        <v>725</v>
       </c>
       <c r="H181" t="s">
-        <v>700</v>
+        <v>726</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>701</v>
+        <v>727</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>174</v>
+        <v>728</v>
       </c>
       <c r="D182" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E182" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F182" t="s">
-        <v>130</v>
+        <v>45</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>702</v>
+        <v>729</v>
       </c>
       <c r="H182" t="s">
-        <v>703</v>
+        <v>730</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>704</v>
+        <v>731</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>177</v>
+        <v>732</v>
       </c>
       <c r="D183" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E183" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F183" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>705</v>
+        <v>733</v>
       </c>
       <c r="H183" t="s">
-        <v>706</v>
+        <v>734</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>707</v>
+        <v>735</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>181</v>
+        <v>736</v>
       </c>
       <c r="D184" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E184" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F184" t="s">
-        <v>63</v>
+        <v>362</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>708</v>
+        <v>737</v>
       </c>
       <c r="H184" t="s">
-        <v>709</v>
+        <v>738</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>710</v>
+        <v>739</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>186</v>
+        <v>740</v>
       </c>
       <c r="D185" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E185" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F185" t="s">
-        <v>166</v>
+        <v>45</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>711</v>
+        <v>741</v>
       </c>
       <c r="H185" t="s">
-        <v>712</v>
+        <v>742</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>713</v>
+        <v>743</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>190</v>
+        <v>744</v>
       </c>
       <c r="D186" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E186" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F186" t="s">
-        <v>166</v>
+        <v>63</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>714</v>
+        <v>745</v>
       </c>
       <c r="H186" t="s">
-        <v>715</v>
+        <v>746</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>716</v>
+        <v>747</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>193</v>
+        <v>748</v>
       </c>
       <c r="D187" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E187" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F187" t="s">
-        <v>568</v>
+        <v>40</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>717</v>
+        <v>749</v>
       </c>
       <c r="H187" t="s">
-        <v>718</v>
+        <v>750</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>719</v>
+        <v>751</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>197</v>
+        <v>752</v>
       </c>
       <c r="D188" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E188" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>720</v>
+        <v>753</v>
       </c>
       <c r="H188" t="s">
-        <v>721</v>
+        <v>754</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>722</v>
+        <v>755</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>723</v>
+        <v>756</v>
       </c>
       <c r="D189" t="s">
-        <v>613</v>
+        <v>11</v>
       </c>
       <c r="E189" t="s">
-        <v>614</v>
+        <v>12</v>
       </c>
       <c r="F189" t="s">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>724</v>
+        <v>757</v>
       </c>
       <c r="H189" t="s">
-        <v>725</v>
+        <v>758</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>726</v>
+        <v>759</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>201</v>
+        <v>10</v>
       </c>
       <c r="D190" t="s">
-        <v>613</v>
+        <v>760</v>
       </c>
       <c r="E190" t="s">
-        <v>614</v>
+        <v>761</v>
       </c>
       <c r="F190" t="s">
-        <v>55</v>
+        <v>22</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>727</v>
+        <v>762</v>
       </c>
       <c r="H190" t="s">
-        <v>728</v>
+        <v>763</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>729</v>
+        <v>764</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>204</v>
+        <v>10</v>
       </c>
       <c r="D191" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E191" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F191" t="s">
-        <v>182</v>
+        <v>13</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>730</v>
+        <v>767</v>
       </c>
       <c r="H191" t="s">
-        <v>731</v>
+        <v>768</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>732</v>
+        <v>769</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>208</v>
+        <v>17</v>
       </c>
       <c r="D192" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E192" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F192" t="s">
-        <v>182</v>
+        <v>209</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>733</v>
+        <v>770</v>
       </c>
       <c r="H192" t="s">
-        <v>734</v>
+        <v>771</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>735</v>
+        <v>772</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>213</v>
+        <v>21</v>
       </c>
       <c r="D193" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E193" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F193" t="s">
-        <v>362</v>
+        <v>166</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>736</v>
+        <v>773</v>
       </c>
       <c r="H193" t="s">
-        <v>737</v>
+        <v>774</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>738</v>
+        <v>775</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>217</v>
+        <v>26</v>
       </c>
       <c r="D194" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E194" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F194" t="s">
-        <v>362</v>
+        <v>55</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>739</v>
+        <v>776</v>
       </c>
       <c r="H194" t="s">
-        <v>740</v>
+        <v>777</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>741</v>
+        <v>778</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>221</v>
+        <v>30</v>
       </c>
       <c r="D195" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E195" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F195" t="s">
         <v>70</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>742</v>
+        <v>779</v>
       </c>
       <c r="H195" t="s">
-        <v>743</v>
+        <v>780</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>744</v>
+        <v>781</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>224</v>
+        <v>35</v>
       </c>
       <c r="D196" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E196" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F196" t="s">
-        <v>70</v>
+        <v>45</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>745</v>
+        <v>782</v>
       </c>
       <c r="H196" t="s">
-        <v>746</v>
+        <v>783</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>747</v>
+        <v>784</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>227</v>
+        <v>39</v>
       </c>
       <c r="D197" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E197" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F197" t="s">
-        <v>40</v>
+        <v>22</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>748</v>
+        <v>785</v>
       </c>
       <c r="H197" t="s">
-        <v>749</v>
+        <v>786</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>750</v>
+        <v>787</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>231</v>
+        <v>44</v>
       </c>
       <c r="D198" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E198" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F198" t="s">
         <v>40</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>51</v>
+        <v>788</v>
       </c>
       <c r="H198" t="s">
-        <v>751</v>
+        <v>789</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>752</v>
+        <v>790</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>235</v>
+        <v>49</v>
       </c>
       <c r="D199" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E199" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F199" t="s">
-        <v>753</v>
+        <v>101</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>754</v>
+        <v>791</v>
       </c>
       <c r="H199" t="s">
-        <v>755</v>
+        <v>792</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>756</v>
+        <v>793</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>238</v>
+        <v>54</v>
       </c>
       <c r="D200" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E200" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F200" t="s">
-        <v>45</v>
+        <v>182</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>757</v>
+        <v>51</v>
       </c>
       <c r="H200" t="s">
-        <v>758</v>
+        <v>794</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>759</v>
+        <v>795</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>242</v>
+        <v>58</v>
       </c>
       <c r="D201" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E201" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F201" t="s">
-        <v>45</v>
+        <v>261</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>760</v>
+        <v>796</v>
       </c>
       <c r="H201" t="s">
-        <v>761</v>
+        <v>797</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>762</v>
+        <v>798</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>246</v>
+        <v>62</v>
       </c>
       <c r="D202" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E202" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F202" t="s">
-        <v>285</v>
+        <v>596</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>763</v>
+        <v>799</v>
       </c>
       <c r="H202" t="s">
-        <v>764</v>
+        <v>800</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
+        <v>801</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>97</v>
+      </c>
+      <c r="D203" t="s">
         <v>765</v>
       </c>
-      <c r="B203" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E203" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F203" t="s">
-        <v>285</v>
+        <v>13</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>766</v>
+        <v>802</v>
       </c>
       <c r="H203" t="s">
-        <v>767</v>
+        <v>803</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>768</v>
+        <v>804</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>253</v>
+        <v>100</v>
       </c>
       <c r="D204" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E204" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F204" t="s">
         <v>13</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>769</v>
+        <v>805</v>
       </c>
       <c r="H204" t="s">
-        <v>770</v>
+        <v>806</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>771</v>
+        <v>807</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>260</v>
+        <v>109</v>
       </c>
       <c r="D205" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E205" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F205" t="s">
-        <v>91</v>
+        <v>13</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>772</v>
+        <v>808</v>
       </c>
       <c r="H205" t="s">
-        <v>773</v>
+        <v>809</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>774</v>
+        <v>810</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>265</v>
+        <v>114</v>
       </c>
       <c r="D206" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E206" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F206" t="s">
         <v>13</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>775</v>
+        <v>811</v>
       </c>
       <c r="H206" t="s">
-        <v>776</v>
+        <v>812</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>777</v>
+        <v>813</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>269</v>
+        <v>118</v>
       </c>
       <c r="D207" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E207" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F207" t="s">
         <v>13</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>778</v>
+        <v>814</v>
       </c>
       <c r="H207" t="s">
-        <v>779</v>
+        <v>815</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>780</v>
+        <v>816</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>273</v>
+        <v>126</v>
       </c>
       <c r="D208" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E208" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F208" t="s">
-        <v>13</v>
+        <v>817</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>781</v>
+        <v>818</v>
       </c>
       <c r="H208" t="s">
-        <v>782</v>
+        <v>819</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>783</v>
+        <v>820</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>277</v>
+        <v>129</v>
       </c>
       <c r="D209" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E209" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F209" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>784</v>
+        <v>821</v>
       </c>
       <c r="H209" t="s">
-        <v>785</v>
+        <v>822</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>786</v>
+        <v>823</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>281</v>
+        <v>134</v>
       </c>
       <c r="D210" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E210" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F210" t="s">
         <v>13</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>787</v>
+        <v>824</v>
       </c>
       <c r="H210" t="s">
-        <v>788</v>
+        <v>825</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>789</v>
+        <v>826</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>284</v>
+        <v>139</v>
       </c>
       <c r="D211" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E211" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F211" t="s">
-        <v>362</v>
+        <v>22</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>790</v>
+        <v>827</v>
       </c>
       <c r="H211" t="s">
-        <v>791</v>
+        <v>828</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>792</v>
+        <v>829</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>289</v>
+        <v>143</v>
       </c>
       <c r="D212" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E212" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F212" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>793</v>
+        <v>830</v>
       </c>
       <c r="H212" t="s">
-        <v>794</v>
+        <v>831</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>795</v>
+        <v>832</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>292</v>
+        <v>147</v>
       </c>
       <c r="D213" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E213" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F213" t="s">
-        <v>261</v>
+        <v>13</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>796</v>
+        <v>833</v>
       </c>
       <c r="H213" t="s">
-        <v>797</v>
+        <v>834</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>798</v>
+        <v>835</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>295</v>
+        <v>150</v>
       </c>
       <c r="D214" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E214" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F214" t="s">
-        <v>261</v>
+        <v>22</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>51</v>
+        <v>836</v>
       </c>
       <c r="H214" t="s">
-        <v>799</v>
+        <v>837</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>800</v>
+        <v>838</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>299</v>
+        <v>154</v>
       </c>
       <c r="D215" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E215" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F215" t="s">
-        <v>362</v>
+        <v>209</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>801</v>
+        <v>839</v>
       </c>
       <c r="H215" t="s">
-        <v>802</v>
+        <v>840</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>803</v>
+        <v>841</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>302</v>
+        <v>158</v>
       </c>
       <c r="D216" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E216" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F216" t="s">
         <v>22</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>804</v>
+        <v>842</v>
       </c>
       <c r="H216" t="s">
-        <v>805</v>
+        <v>843</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>806</v>
+        <v>844</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>306</v>
+        <v>161</v>
       </c>
       <c r="D217" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E217" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F217" t="s">
         <v>22</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>807</v>
+        <v>845</v>
       </c>
       <c r="H217" t="s">
-        <v>808</v>
+        <v>846</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>809</v>
+        <v>847</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>314</v>
+        <v>165</v>
       </c>
       <c r="D218" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E218" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F218" t="s">
-        <v>55</v>
+        <v>209</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>810</v>
+        <v>848</v>
       </c>
       <c r="H218" t="s">
-        <v>811</v>
+        <v>849</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>812</v>
+        <v>850</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>318</v>
+        <v>170</v>
       </c>
       <c r="D219" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E219" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F219" t="s">
-        <v>45</v>
+        <v>130</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>813</v>
+        <v>851</v>
       </c>
       <c r="H219" t="s">
-        <v>814</v>
+        <v>852</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>815</v>
+        <v>853</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>322</v>
+        <v>174</v>
       </c>
       <c r="D220" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E220" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F220" t="s">
-        <v>166</v>
+        <v>130</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>816</v>
+        <v>854</v>
       </c>
       <c r="H220" t="s">
-        <v>817</v>
+        <v>855</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>818</v>
+        <v>856</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>326</v>
+        <v>177</v>
       </c>
       <c r="D221" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E221" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F221" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>819</v>
+        <v>857</v>
       </c>
       <c r="H221" t="s">
-        <v>820</v>
+        <v>858</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>821</v>
+        <v>859</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>330</v>
+        <v>181</v>
       </c>
       <c r="D222" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E222" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F222" t="s">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>822</v>
+        <v>860</v>
       </c>
       <c r="H222" t="s">
-        <v>823</v>
+        <v>861</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>824</v>
+        <v>862</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>334</v>
+        <v>186</v>
       </c>
       <c r="D223" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E223" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F223" t="s">
-        <v>63</v>
+        <v>166</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>825</v>
+        <v>863</v>
       </c>
       <c r="H223" t="s">
-        <v>826</v>
+        <v>864</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>827</v>
+        <v>865</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>828</v>
+        <v>190</v>
       </c>
       <c r="D224" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E224" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F224" t="s">
-        <v>568</v>
+        <v>166</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>829</v>
+        <v>866</v>
       </c>
       <c r="H224" t="s">
-        <v>830</v>
+        <v>867</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>831</v>
+        <v>868</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>338</v>
+        <v>193</v>
       </c>
       <c r="D225" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E225" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F225" t="s">
-        <v>568</v>
+        <v>596</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>832</v>
+        <v>869</v>
       </c>
       <c r="H225" t="s">
-        <v>833</v>
+        <v>870</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>834</v>
+        <v>871</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>835</v>
+        <v>197</v>
       </c>
       <c r="D226" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E226" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F226" t="s">
-        <v>70</v>
+        <v>13</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>836</v>
+        <v>872</v>
       </c>
       <c r="H226" t="s">
-        <v>837</v>
+        <v>873</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>838</v>
+        <v>874</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>839</v>
+        <v>875</v>
       </c>
       <c r="D227" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E227" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F227" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>840</v>
+        <v>876</v>
       </c>
       <c r="H227" t="s">
-        <v>841</v>
+        <v>877</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>842</v>
+        <v>878</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>342</v>
+        <v>201</v>
       </c>
       <c r="D228" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E228" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F228" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>843</v>
+        <v>879</v>
       </c>
       <c r="H228" t="s">
-        <v>844</v>
+        <v>880</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>845</v>
+        <v>881</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>846</v>
+        <v>204</v>
       </c>
       <c r="D229" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E229" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F229" t="s">
-        <v>130</v>
+        <v>182</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>847</v>
+        <v>882</v>
       </c>
       <c r="H229" t="s">
-        <v>848</v>
+        <v>883</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>849</v>
+        <v>884</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>850</v>
+        <v>208</v>
       </c>
       <c r="D230" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E230" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F230" t="s">
-        <v>130</v>
+        <v>182</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>851</v>
+        <v>885</v>
       </c>
       <c r="H230" t="s">
-        <v>852</v>
+        <v>886</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>853</v>
+        <v>887</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>854</v>
+        <v>213</v>
       </c>
       <c r="D231" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E231" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F231" t="s">
-        <v>91</v>
+        <v>362</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>855</v>
+        <v>888</v>
       </c>
       <c r="H231" t="s">
-        <v>856</v>
+        <v>889</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>857</v>
+        <v>890</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>858</v>
+        <v>217</v>
       </c>
       <c r="D232" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E232" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F232" t="s">
-        <v>91</v>
+        <v>362</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>859</v>
+        <v>891</v>
       </c>
       <c r="H232" t="s">
-        <v>860</v>
+        <v>892</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>861</v>
+        <v>893</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>346</v>
+        <v>221</v>
       </c>
       <c r="D233" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E233" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F233" t="s">
-        <v>285</v>
+        <v>70</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>862</v>
+        <v>894</v>
       </c>
       <c r="H233" t="s">
-        <v>863</v>
+        <v>895</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>864</v>
+        <v>896</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>865</v>
+        <v>224</v>
       </c>
       <c r="D234" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E234" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F234" t="s">
-        <v>182</v>
+        <v>70</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>866</v>
+        <v>897</v>
       </c>
       <c r="H234" t="s">
-        <v>867</v>
+        <v>898</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>868</v>
+        <v>899</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>350</v>
+        <v>227</v>
       </c>
       <c r="D235" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E235" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F235" t="s">
-        <v>182</v>
+        <v>40</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>51</v>
+        <v>900</v>
       </c>
       <c r="H235" t="s">
-        <v>869</v>
+        <v>901</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>870</v>
+        <v>902</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>354</v>
+        <v>231</v>
       </c>
       <c r="D236" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E236" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F236" t="s">
-        <v>135</v>
+        <v>40</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>871</v>
+        <v>51</v>
       </c>
       <c r="H236" t="s">
-        <v>872</v>
+        <v>903</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>873</v>
+        <v>904</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>357</v>
+        <v>235</v>
       </c>
       <c r="D237" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E237" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F237" t="s">
-        <v>135</v>
+        <v>905</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>874</v>
+        <v>906</v>
       </c>
       <c r="H237" t="s">
-        <v>875</v>
+        <v>907</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>876</v>
+        <v>908</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>361</v>
+        <v>238</v>
       </c>
       <c r="D238" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E238" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F238" t="s">
-        <v>209</v>
+        <v>45</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>877</v>
+        <v>909</v>
       </c>
       <c r="H238" t="s">
-        <v>878</v>
+        <v>910</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>879</v>
+        <v>911</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>366</v>
+        <v>242</v>
       </c>
       <c r="D239" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E239" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F239" t="s">
-        <v>63</v>
+        <v>45</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>880</v>
+        <v>912</v>
       </c>
       <c r="H239" t="s">
-        <v>881</v>
+        <v>913</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>882</v>
+        <v>914</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>883</v>
+        <v>246</v>
       </c>
       <c r="D240" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E240" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F240" t="s">
         <v>285</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>884</v>
+        <v>915</v>
       </c>
       <c r="H240" t="s">
-        <v>885</v>
+        <v>916</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>886</v>
+        <v>917</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>887</v>
+        <v>249</v>
       </c>
       <c r="D241" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E241" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F241" t="s">
-        <v>135</v>
+        <v>285</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>888</v>
+        <v>918</v>
       </c>
       <c r="H241" t="s">
-        <v>889</v>
+        <v>919</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>890</v>
+        <v>920</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>370</v>
+        <v>253</v>
       </c>
       <c r="D242" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E242" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F242" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>891</v>
+        <v>921</v>
       </c>
       <c r="H242" t="s">
-        <v>892</v>
+        <v>922</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>893</v>
+        <v>923</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>894</v>
+        <v>260</v>
       </c>
       <c r="D243" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E243" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F243" t="s">
-        <v>70</v>
+        <v>91</v>
       </c>
       <c r="G243" s="1" t="s">
-        <v>895</v>
+        <v>924</v>
       </c>
       <c r="H243" t="s">
-        <v>896</v>
+        <v>925</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>897</v>
+        <v>926</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>374</v>
+        <v>265</v>
       </c>
       <c r="D244" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E244" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F244" t="s">
-        <v>50</v>
+        <v>13</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>898</v>
+        <v>927</v>
       </c>
       <c r="H244" t="s">
-        <v>899</v>
+        <v>928</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>900</v>
+        <v>929</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>901</v>
+        <v>269</v>
       </c>
       <c r="D245" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E245" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F245" t="s">
         <v>13</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>902</v>
+        <v>930</v>
       </c>
       <c r="H245" t="s">
-        <v>903</v>
+        <v>931</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
-        <v>904</v>
+        <v>932</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>378</v>
+        <v>273</v>
       </c>
       <c r="D246" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E246" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F246" t="s">
         <v>13</v>
       </c>
       <c r="G246" s="1" t="s">
-        <v>905</v>
+        <v>933</v>
       </c>
       <c r="H246" t="s">
-        <v>906</v>
+        <v>934</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
-        <v>907</v>
+        <v>935</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>381</v>
+        <v>277</v>
       </c>
       <c r="D247" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E247" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F247" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="G247" s="1" t="s">
-        <v>51</v>
+        <v>936</v>
       </c>
       <c r="H247" t="s">
-        <v>906</v>
+        <v>937</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
-        <v>908</v>
+        <v>938</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>909</v>
+        <v>281</v>
       </c>
       <c r="D248" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E248" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F248" t="s">
         <v>13</v>
       </c>
       <c r="G248" s="1" t="s">
-        <v>910</v>
+        <v>939</v>
       </c>
       <c r="H248" t="s">
-        <v>911</v>
+        <v>940</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
-        <v>912</v>
+        <v>941</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>913</v>
+        <v>284</v>
       </c>
       <c r="D249" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E249" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F249" t="s">
-        <v>13</v>
+        <v>362</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>914</v>
+        <v>942</v>
       </c>
       <c r="H249" t="s">
-        <v>915</v>
+        <v>943</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>916</v>
+        <v>944</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>385</v>
+        <v>289</v>
       </c>
       <c r="D250" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E250" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F250" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>917</v>
+        <v>945</v>
       </c>
       <c r="H250" t="s">
-        <v>918</v>
+        <v>946</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>919</v>
+        <v>947</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>389</v>
+        <v>292</v>
       </c>
       <c r="D251" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E251" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F251" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>920</v>
+        <v>948</v>
       </c>
       <c r="H251" t="s">
-        <v>921</v>
+        <v>949</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>922</v>
+        <v>950</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>393</v>
+        <v>295</v>
       </c>
       <c r="D252" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E252" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F252" t="s">
-        <v>13</v>
+        <v>261</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>923</v>
+        <v>51</v>
       </c>
       <c r="H252" t="s">
-        <v>924</v>
+        <v>951</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>925</v>
+        <v>952</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>397</v>
+        <v>299</v>
       </c>
       <c r="D253" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E253" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F253" t="s">
-        <v>13</v>
+        <v>362</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>926</v>
+        <v>953</v>
       </c>
       <c r="H253" t="s">
-        <v>927</v>
+        <v>954</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>928</v>
+        <v>955</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>401</v>
+        <v>302</v>
       </c>
       <c r="D254" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E254" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F254" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>929</v>
+        <v>956</v>
       </c>
       <c r="H254" t="s">
-        <v>930</v>
+        <v>957</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>931</v>
+        <v>958</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>448</v>
+        <v>306</v>
       </c>
       <c r="D255" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E255" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F255" t="s">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>932</v>
+        <v>959</v>
       </c>
       <c r="H255" t="s">
-        <v>933</v>
+        <v>960</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>934</v>
+        <v>961</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>452</v>
+        <v>314</v>
       </c>
       <c r="D256" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E256" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F256" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>935</v>
+        <v>962</v>
       </c>
       <c r="H256" t="s">
-        <v>936</v>
+        <v>963</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>937</v>
+        <v>964</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>456</v>
+        <v>318</v>
       </c>
       <c r="D257" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E257" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F257" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>938</v>
+        <v>965</v>
       </c>
       <c r="H257" t="s">
-        <v>939</v>
+        <v>966</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>940</v>
+        <v>967</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>460</v>
+        <v>322</v>
       </c>
       <c r="D258" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E258" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F258" t="s">
-        <v>13</v>
+        <v>166</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>941</v>
+        <v>968</v>
       </c>
       <c r="H258" t="s">
-        <v>942</v>
+        <v>969</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>943</v>
+        <v>970</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>464</v>
+        <v>326</v>
       </c>
       <c r="D259" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E259" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F259" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>944</v>
+        <v>971</v>
       </c>
       <c r="H259" t="s">
-        <v>945</v>
+        <v>972</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>946</v>
+        <v>973</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>472</v>
+        <v>330</v>
       </c>
       <c r="D260" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E260" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F260" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>947</v>
+        <v>974</v>
       </c>
       <c r="H260" t="s">
-        <v>948</v>
+        <v>975</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>949</v>
+        <v>976</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>950</v>
+        <v>334</v>
       </c>
       <c r="D261" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E261" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F261" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>951</v>
+        <v>977</v>
       </c>
       <c r="H261" t="s">
-        <v>952</v>
+        <v>978</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>953</v>
+        <v>979</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>954</v>
+        <v>980</v>
       </c>
       <c r="D262" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E262" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F262" t="s">
-        <v>13</v>
+        <v>596</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>955</v>
+        <v>981</v>
       </c>
       <c r="H262" t="s">
-        <v>956</v>
+        <v>982</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>957</v>
+        <v>983</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>476</v>
+        <v>338</v>
       </c>
       <c r="D263" t="s">
-        <v>613</v>
+        <v>765</v>
       </c>
       <c r="E263" t="s">
-        <v>614</v>
+        <v>766</v>
       </c>
       <c r="F263" t="s">
-        <v>13</v>
+        <v>596</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>958</v>
+        <v>984</v>
       </c>
       <c r="H263" t="s">
-        <v>959</v>
+        <v>985</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>960</v>
+        <v>986</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>10</v>
+        <v>987</v>
       </c>
       <c r="D264" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E264" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F264" t="s">
-        <v>963</v>
+        <v>70</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>964</v>
+        <v>988</v>
       </c>
       <c r="H264" t="s">
-        <v>965</v>
+        <v>989</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
-        <v>966</v>
+        <v>990</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>17</v>
+        <v>991</v>
       </c>
       <c r="D265" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E265" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F265" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>967</v>
+        <v>992</v>
       </c>
       <c r="H265" t="s">
-        <v>968</v>
+        <v>993</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>969</v>
+        <v>994</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>21</v>
+        <v>342</v>
       </c>
       <c r="D266" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E266" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F266" t="s">
-        <v>963</v>
+        <v>45</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>970</v>
+        <v>995</v>
       </c>
       <c r="H266" t="s">
-        <v>965</v>
+        <v>996</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>971</v>
+        <v>997</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>26</v>
+        <v>998</v>
       </c>
       <c r="D267" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E267" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F267" t="s">
-        <v>963</v>
+        <v>130</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>972</v>
+        <v>999</v>
       </c>
       <c r="H267" t="s">
-        <v>973</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>974</v>
+        <v>1001</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>30</v>
+        <v>1002</v>
       </c>
       <c r="D268" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E268" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F268" t="s">
-        <v>963</v>
+        <v>130</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>975</v>
+        <v>1003</v>
       </c>
       <c r="H268" t="s">
-        <v>976</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>977</v>
+        <v>1005</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>35</v>
+        <v>1006</v>
       </c>
       <c r="D269" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E269" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F269" t="s">
-        <v>963</v>
+        <v>91</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>978</v>
+        <v>1007</v>
       </c>
       <c r="H269" t="s">
-        <v>965</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>979</v>
+        <v>1009</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>39</v>
+        <v>1010</v>
       </c>
       <c r="D270" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E270" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F270" t="s">
-        <v>963</v>
+        <v>91</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>980</v>
+        <v>1011</v>
       </c>
       <c r="H270" t="s">
-        <v>981</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>982</v>
+        <v>1013</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>44</v>
+        <v>346</v>
       </c>
       <c r="D271" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E271" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F271" t="s">
-        <v>963</v>
+        <v>285</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>983</v>
+        <v>1014</v>
       </c>
       <c r="H271" t="s">
-        <v>984</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>985</v>
+        <v>1016</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>49</v>
+        <v>1017</v>
       </c>
       <c r="D272" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E272" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F272" t="s">
-        <v>963</v>
+        <v>182</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>986</v>
+        <v>1018</v>
       </c>
       <c r="H272" t="s">
-        <v>965</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>987</v>
+        <v>1020</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>54</v>
+        <v>350</v>
       </c>
       <c r="D273" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E273" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F273" t="s">
-        <v>963</v>
+        <v>182</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>988</v>
+        <v>51</v>
       </c>
       <c r="H273" t="s">
-        <v>989</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>990</v>
+        <v>1022</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>58</v>
+        <v>354</v>
       </c>
       <c r="D274" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E274" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F274" t="s">
-        <v>963</v>
+        <v>135</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>991</v>
+        <v>1023</v>
       </c>
       <c r="H274" t="s">
-        <v>965</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>992</v>
+        <v>1025</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>69</v>
+        <v>357</v>
       </c>
       <c r="D275" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E275" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F275" t="s">
-        <v>963</v>
+        <v>135</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>993</v>
+        <v>1026</v>
       </c>
       <c r="H275" t="s">
-        <v>965</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>994</v>
+        <v>1028</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>74</v>
+        <v>361</v>
       </c>
       <c r="D276" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E276" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F276" t="s">
-        <v>963</v>
+        <v>209</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>995</v>
+        <v>1029</v>
       </c>
       <c r="H276" t="s">
-        <v>996</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>997</v>
+        <v>1031</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>78</v>
+        <v>366</v>
       </c>
       <c r="D277" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E277" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F277" t="s">
-        <v>963</v>
+        <v>63</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>998</v>
+        <v>1032</v>
       </c>
       <c r="H277" t="s">
-        <v>999</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1000</v>
+        <v>1034</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>82</v>
+        <v>1035</v>
       </c>
       <c r="D278" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E278" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F278" t="s">
-        <v>963</v>
+        <v>285</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1001</v>
+        <v>1036</v>
       </c>
       <c r="H278" t="s">
-        <v>965</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1002</v>
+        <v>1038</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>90</v>
+        <v>1039</v>
       </c>
       <c r="D279" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E279" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F279" t="s">
-        <v>963</v>
+        <v>135</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1003</v>
+        <v>1040</v>
       </c>
       <c r="H279" t="s">
-        <v>965</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1004</v>
+        <v>1042</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>94</v>
+        <v>370</v>
       </c>
       <c r="D280" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E280" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F280" t="s">
-        <v>963</v>
+        <v>55</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1005</v>
+        <v>1043</v>
       </c>
       <c r="H280" t="s">
-        <v>965</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1006</v>
+        <v>1045</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>97</v>
+        <v>1046</v>
       </c>
       <c r="D281" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E281" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F281" t="s">
-        <v>963</v>
+        <v>70</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1007</v>
+        <v>1047</v>
       </c>
       <c r="H281" t="s">
-        <v>1008</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1009</v>
+        <v>1049</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>100</v>
+        <v>374</v>
       </c>
       <c r="D282" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E282" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F282" t="s">
-        <v>963</v>
+        <v>50</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1010</v>
+        <v>1050</v>
       </c>
       <c r="H282" t="s">
-        <v>965</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1011</v>
+        <v>1052</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>105</v>
+        <v>1053</v>
       </c>
       <c r="D283" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E283" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F283" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1012</v>
+        <v>1054</v>
       </c>
       <c r="H283" t="s">
-        <v>965</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1013</v>
+        <v>1056</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>109</v>
+        <v>378</v>
       </c>
       <c r="D284" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E284" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F284" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1014</v>
+        <v>1057</v>
       </c>
       <c r="H284" t="s">
-        <v>965</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1015</v>
+        <v>1059</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>114</v>
+        <v>381</v>
       </c>
       <c r="D285" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E285" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F285" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1016</v>
+        <v>51</v>
       </c>
       <c r="H285" t="s">
-        <v>1017</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1018</v>
+        <v>1060</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>118</v>
+        <v>1061</v>
       </c>
       <c r="D286" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E286" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F286" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1019</v>
+        <v>1062</v>
       </c>
       <c r="H286" t="s">
-        <v>1020</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1021</v>
+        <v>1064</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>122</v>
+        <v>1065</v>
       </c>
       <c r="D287" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E287" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F287" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1022</v>
+        <v>1066</v>
       </c>
       <c r="H287" t="s">
-        <v>1023</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1024</v>
+        <v>1068</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>126</v>
+        <v>385</v>
       </c>
       <c r="D288" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E288" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F288" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1025</v>
+        <v>1069</v>
       </c>
       <c r="H288" t="s">
-        <v>1026</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1027</v>
+        <v>1071</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>129</v>
+        <v>389</v>
       </c>
       <c r="D289" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E289" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F289" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1028</v>
+        <v>1072</v>
       </c>
       <c r="H289" t="s">
-        <v>1029</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1030</v>
+        <v>1074</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>134</v>
+        <v>393</v>
       </c>
       <c r="D290" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E290" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F290" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1031</v>
+        <v>1075</v>
       </c>
       <c r="H290" t="s">
-        <v>1032</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1033</v>
+        <v>1077</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>139</v>
+        <v>397</v>
       </c>
       <c r="D291" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E291" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F291" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1034</v>
+        <v>1078</v>
       </c>
       <c r="H291" t="s">
-        <v>1035</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1036</v>
+        <v>1080</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>143</v>
+        <v>401</v>
       </c>
       <c r="D292" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E292" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F292" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1037</v>
+        <v>1081</v>
       </c>
       <c r="H292" t="s">
-        <v>1038</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1039</v>
+        <v>1083</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>147</v>
+        <v>1084</v>
       </c>
       <c r="D293" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E293" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F293" t="s">
-        <v>963</v>
+        <v>22</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1040</v>
+        <v>1085</v>
       </c>
       <c r="H293" t="s">
-        <v>1041</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1042</v>
+        <v>1087</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>150</v>
+        <v>405</v>
       </c>
       <c r="D294" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E294" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F294" t="s">
-        <v>963</v>
+        <v>40</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1043</v>
+        <v>1088</v>
       </c>
       <c r="H294" t="s">
-        <v>965</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1044</v>
+        <v>1090</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>154</v>
+        <v>1091</v>
       </c>
       <c r="D295" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E295" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F295" t="s">
-        <v>963</v>
+        <v>362</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1045</v>
+        <v>1092</v>
       </c>
       <c r="H295" t="s">
-        <v>1046</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1047</v>
+        <v>1094</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>158</v>
+        <v>409</v>
       </c>
       <c r="D296" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E296" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F296" t="s">
-        <v>963</v>
+        <v>45</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1048</v>
+        <v>1095</v>
       </c>
       <c r="H296" t="s">
-        <v>965</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1049</v>
+        <v>1097</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>161</v>
+        <v>413</v>
       </c>
       <c r="D297" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E297" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F297" t="s">
-        <v>963</v>
+        <v>63</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1050</v>
+        <v>1098</v>
       </c>
       <c r="H297" t="s">
-        <v>965</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1051</v>
+        <v>1100</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>165</v>
+        <v>417</v>
       </c>
       <c r="D298" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E298" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F298" t="s">
-        <v>963</v>
+        <v>101</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1052</v>
+        <v>1101</v>
       </c>
       <c r="H298" t="s">
-        <v>965</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1053</v>
+        <v>1103</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>174</v>
+        <v>1104</v>
       </c>
       <c r="D299" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E299" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F299" t="s">
-        <v>963</v>
+        <v>261</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1054</v>
+        <v>1105</v>
       </c>
       <c r="H299" t="s">
-        <v>965</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1055</v>
+        <v>1107</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>177</v>
+        <v>1108</v>
       </c>
       <c r="D300" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E300" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F300" t="s">
-        <v>963</v>
+        <v>182</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1056</v>
+        <v>1109</v>
       </c>
       <c r="H300" t="s">
-        <v>965</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1057</v>
+        <v>1111</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>181</v>
+        <v>421</v>
       </c>
       <c r="D301" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E301" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F301" t="s">
-        <v>963</v>
+        <v>130</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1058</v>
+        <v>1112</v>
       </c>
       <c r="H301" t="s">
-        <v>1059</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1060</v>
+        <v>1114</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>193</v>
+        <v>425</v>
       </c>
       <c r="D302" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E302" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F302" t="s">
-        <v>963</v>
+        <v>135</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1061</v>
+        <v>1115</v>
       </c>
       <c r="H302" t="s">
-        <v>965</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1062</v>
+        <v>1117</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>723</v>
+        <v>429</v>
       </c>
       <c r="D303" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E303" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F303" t="s">
-        <v>963</v>
+        <v>209</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1063</v>
+        <v>1118</v>
       </c>
       <c r="H303" t="s">
-        <v>965</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1064</v>
+        <v>1120</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>201</v>
+        <v>433</v>
       </c>
       <c r="D304" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E304" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F304" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1065</v>
+        <v>1121</v>
       </c>
       <c r="H304" t="s">
-        <v>965</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1066</v>
+        <v>1123</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>204</v>
+        <v>437</v>
       </c>
       <c r="D305" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E305" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F305" t="s">
-        <v>963</v>
+        <v>285</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1067</v>
+        <v>1124</v>
       </c>
       <c r="H305" t="s">
-        <v>1068</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1069</v>
+        <v>1126</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>208</v>
+        <v>441</v>
       </c>
       <c r="D306" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E306" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F306" t="s">
-        <v>963</v>
+        <v>55</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1070</v>
+        <v>1127</v>
       </c>
       <c r="H306" t="s">
-        <v>1071</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1072</v>
+        <v>1129</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>213</v>
+        <v>445</v>
       </c>
       <c r="D307" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E307" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F307" t="s">
-        <v>963</v>
+        <v>166</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1073</v>
+        <v>1130</v>
       </c>
       <c r="H307" t="s">
-        <v>1074</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1075</v>
+        <v>1132</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>217</v>
+        <v>449</v>
       </c>
       <c r="D308" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E308" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F308" t="s">
-        <v>963</v>
+        <v>91</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1076</v>
+        <v>1133</v>
       </c>
       <c r="H308" t="s">
-        <v>1077</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1078</v>
+        <v>1135</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>221</v>
+        <v>1136</v>
       </c>
       <c r="D309" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E309" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F309" t="s">
-        <v>963</v>
+        <v>70</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1079</v>
+        <v>1137</v>
       </c>
       <c r="H309" t="s">
-        <v>965</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1080</v>
+        <v>1139</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>224</v>
+        <v>1140</v>
       </c>
       <c r="D310" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E310" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F310" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1081</v>
+        <v>1141</v>
       </c>
       <c r="H310" t="s">
-        <v>965</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1082</v>
+        <v>1143</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>227</v>
+        <v>1144</v>
       </c>
       <c r="D311" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E311" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F311" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1083</v>
+        <v>1145</v>
       </c>
       <c r="H311" t="s">
-        <v>965</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1084</v>
+        <v>1147</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>231</v>
+        <v>452</v>
       </c>
       <c r="D312" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E312" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F312" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1085</v>
+        <v>1148</v>
       </c>
       <c r="H312" t="s">
-        <v>965</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1086</v>
+        <v>1150</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>235</v>
+        <v>456</v>
       </c>
       <c r="D313" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E313" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F313" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1087</v>
+        <v>1151</v>
       </c>
       <c r="H313" t="s">
-        <v>965</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1088</v>
+        <v>1153</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>238</v>
+        <v>460</v>
       </c>
       <c r="D314" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E314" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F314" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1089</v>
+        <v>1154</v>
       </c>
       <c r="H314" t="s">
-        <v>1090</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1091</v>
+        <v>1156</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>242</v>
+        <v>464</v>
       </c>
       <c r="D315" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E315" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F315" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1092</v>
+        <v>1157</v>
       </c>
       <c r="H315" t="s">
-        <v>1093</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1094</v>
+        <v>1159</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>246</v>
+        <v>468</v>
       </c>
       <c r="D316" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E316" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F316" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1095</v>
+        <v>1160</v>
       </c>
       <c r="H316" t="s">
-        <v>965</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1096</v>
+        <v>1162</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>249</v>
+        <v>476</v>
       </c>
       <c r="D317" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E317" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F317" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1097</v>
+        <v>1163</v>
       </c>
       <c r="H317" t="s">
-        <v>1098</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1099</v>
+        <v>1165</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>253</v>
+        <v>1166</v>
       </c>
       <c r="D318" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E318" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F318" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1100</v>
+        <v>1167</v>
       </c>
       <c r="H318" t="s">
-        <v>965</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1101</v>
+        <v>1169</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>257</v>
+        <v>1170</v>
       </c>
       <c r="D319" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E319" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F319" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1102</v>
+        <v>1171</v>
       </c>
       <c r="H319" t="s">
-        <v>965</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1103</v>
+        <v>1173</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>260</v>
+        <v>480</v>
       </c>
       <c r="D320" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E320" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F320" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G320" s="1" t="s">
-        <v>1104</v>
+        <v>1174</v>
       </c>
       <c r="H320" t="s">
-        <v>965</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
-        <v>1105</v>
+        <v>1176</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>269</v>
+        <v>1177</v>
       </c>
       <c r="D321" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E321" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F321" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G321" s="1" t="s">
-        <v>1106</v>
+        <v>1178</v>
       </c>
       <c r="H321" t="s">
-        <v>1020</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
-        <v>1107</v>
+        <v>1180</v>
       </c>
       <c r="B322" t="s">
         <v>9</v>
       </c>
       <c r="C322" t="s">
-        <v>273</v>
+        <v>547</v>
       </c>
       <c r="D322" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E322" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F322" t="s">
-        <v>963</v>
+        <v>31</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1108</v>
+        <v>1181</v>
       </c>
       <c r="H322" t="s">
-        <v>965</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1109</v>
+        <v>1183</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>277</v>
+        <v>559</v>
       </c>
       <c r="D323" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E323" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F323" t="s">
-        <v>963</v>
+        <v>209</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1110</v>
+        <v>1184</v>
       </c>
       <c r="H323" t="s">
-        <v>1020</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
-        <v>1111</v>
+        <v>1186</v>
       </c>
       <c r="B324" t="s">
         <v>9</v>
       </c>
       <c r="C324" t="s">
-        <v>281</v>
+        <v>571</v>
       </c>
       <c r="D324" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E324" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F324" t="s">
-        <v>963</v>
+        <v>13</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1112</v>
+        <v>1187</v>
       </c>
       <c r="H324" t="s">
-        <v>1113</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1114</v>
+        <v>1189</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>289</v>
+        <v>579</v>
       </c>
       <c r="D325" t="s">
-        <v>961</v>
+        <v>765</v>
       </c>
       <c r="E325" t="s">
-        <v>962</v>
+        <v>766</v>
       </c>
       <c r="F325" t="s">
-        <v>963</v>
+        <v>182</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1115</v>
+        <v>51</v>
       </c>
       <c r="H325" t="s">
-        <v>965</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1116</v>
+        <v>1191</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>292</v>
+        <v>10</v>
       </c>
       <c r="D326" t="s">
-        <v>961</v>
+        <v>1192</v>
       </c>
       <c r="E326" t="s">
-        <v>962</v>
+        <v>1193</v>
       </c>
       <c r="F326" t="s">
-        <v>963</v>
+        <v>1194</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1117</v>
+        <v>1195</v>
       </c>
       <c r="H326" t="s">
-        <v>1118</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1119</v>
+        <v>1197</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>295</v>
+        <v>17</v>
       </c>
       <c r="D327" t="s">
-        <v>961</v>
+        <v>1192</v>
       </c>
       <c r="E327" t="s">
-        <v>962</v>
+        <v>1193</v>
       </c>
       <c r="F327" t="s">
-        <v>963</v>
+        <v>1194</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1120</v>
+        <v>1198</v>
       </c>
       <c r="H327" t="s">
-        <v>1121</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1122</v>
+        <v>1200</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>338</v>
+        <v>21</v>
       </c>
       <c r="D328" t="s">
-        <v>1123</v>
+        <v>1192</v>
       </c>
       <c r="E328" t="s">
-        <v>1124</v>
+        <v>1193</v>
       </c>
       <c r="F328" t="s">
-        <v>55</v>
+        <v>1194</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1125</v>
+        <v>1201</v>
       </c>
       <c r="H328" t="s">
-        <v>1126</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1127</v>
+        <v>1202</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
+        <v>26</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E329" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F329" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G329" s="1" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H329" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" t="s">
+        <v>1205</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
+        <v>30</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E330" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F330" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G330" s="1" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H330" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B331" t="s">
+        <v>9</v>
+      </c>
+      <c r="C331" t="s">
+        <v>35</v>
+      </c>
+      <c r="D331" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E331" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F331" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G331" s="1" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H331" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" t="s">
+        <v>1210</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
+        <v>39</v>
+      </c>
+      <c r="D332" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E332" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F332" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G332" s="1" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H332" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" t="s">
+        <v>1213</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
+        <v>44</v>
+      </c>
+      <c r="D333" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E333" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F333" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G333" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H333" t="s">
+        <v>1215</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
+        <v>49</v>
+      </c>
+      <c r="D334" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E334" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F334" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G334" s="1" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H334" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" t="s">
+        <v>1218</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>54</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E335" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F335" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G335" s="1" t="s">
+        <v>1219</v>
+      </c>
+      <c r="H335" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" t="s">
+        <v>1221</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
+        <v>58</v>
+      </c>
+      <c r="D336" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E336" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F336" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G336" s="1" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H336" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" t="s">
+        <v>1223</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
+        <v>69</v>
+      </c>
+      <c r="D337" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E337" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F337" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G337" s="1" t="s">
+        <v>1224</v>
+      </c>
+      <c r="H337" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" t="s">
+        <v>1225</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
+        <v>74</v>
+      </c>
+      <c r="D338" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E338" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F338" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G338" s="1" t="s">
+        <v>1226</v>
+      </c>
+      <c r="H338" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
+        <v>78</v>
+      </c>
+      <c r="D339" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E339" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F339" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G339" s="1" t="s">
+        <v>1229</v>
+      </c>
+      <c r="H339" t="s">
+        <v>1230</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
+        <v>82</v>
+      </c>
+      <c r="D340" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E340" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F340" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G340" s="1" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H340" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" t="s">
+        <v>1233</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
+        <v>90</v>
+      </c>
+      <c r="D341" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F341" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G341" s="1" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H341" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" t="s">
+        <v>1235</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
+        <v>94</v>
+      </c>
+      <c r="D342" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E342" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F342" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G342" s="1" t="s">
+        <v>1236</v>
+      </c>
+      <c r="H342" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" t="s">
+        <v>1237</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
+        <v>97</v>
+      </c>
+      <c r="D343" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E343" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F343" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G343" s="1" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H343" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
+        <v>100</v>
+      </c>
+      <c r="D344" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E344" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F344" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G344" s="1" t="s">
+        <v>1241</v>
+      </c>
+      <c r="H344" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
+        <v>105</v>
+      </c>
+      <c r="D345" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E345" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F345" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G345" s="1" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H345" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" t="s">
+        <v>1244</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
+        <v>109</v>
+      </c>
+      <c r="D346" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E346" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F346" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G346" s="1" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H346" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
+        <v>114</v>
+      </c>
+      <c r="D347" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E347" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F347" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G347" s="1" t="s">
+        <v>1247</v>
+      </c>
+      <c r="H347" t="s">
+        <v>1248</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" t="s">
+        <v>1249</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>118</v>
+      </c>
+      <c r="D348" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E348" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F348" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G348" s="1" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H348" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" t="s">
+        <v>1252</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
+        <v>122</v>
+      </c>
+      <c r="D349" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E349" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F349" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G349" s="1" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H349" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
+        <v>126</v>
+      </c>
+      <c r="D350" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E350" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F350" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G350" s="1" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H350" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
+        <v>129</v>
+      </c>
+      <c r="D351" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E351" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F351" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G351" s="1" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H351" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" t="s">
+        <v>1261</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
+        <v>134</v>
+      </c>
+      <c r="D352" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E352" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F352" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G352" s="1" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H352" t="s">
+        <v>1263</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" t="s">
+        <v>1264</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
+        <v>139</v>
+      </c>
+      <c r="D353" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E353" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F353" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G353" s="1" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H353" t="s">
+        <v>1266</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" t="s">
+        <v>1267</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
+        <v>143</v>
+      </c>
+      <c r="D354" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E354" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F354" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G354" s="1" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H354" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B355" t="s">
+        <v>9</v>
+      </c>
+      <c r="C355" t="s">
+        <v>147</v>
+      </c>
+      <c r="D355" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E355" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F355" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G355" s="1" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H355" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" t="s">
+        <v>1273</v>
+      </c>
+      <c r="B356" t="s">
+        <v>9</v>
+      </c>
+      <c r="C356" t="s">
+        <v>150</v>
+      </c>
+      <c r="D356" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E356" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F356" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G356" s="1" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H356" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" t="s">
+        <v>1275</v>
+      </c>
+      <c r="B357" t="s">
+        <v>9</v>
+      </c>
+      <c r="C357" t="s">
+        <v>154</v>
+      </c>
+      <c r="D357" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E357" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F357" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G357" s="1" t="s">
+        <v>1276</v>
+      </c>
+      <c r="H357" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
+        <v>158</v>
+      </c>
+      <c r="D358" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E358" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F358" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G358" s="1" t="s">
+        <v>1279</v>
+      </c>
+      <c r="H358" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" t="s">
+        <v>1280</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
+        <v>161</v>
+      </c>
+      <c r="D359" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E359" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F359" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G359" s="1" t="s">
+        <v>1281</v>
+      </c>
+      <c r="H359" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
+        <v>165</v>
+      </c>
+      <c r="D360" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E360" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F360" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G360" s="1" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H360" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" t="s">
+        <v>1284</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
+        <v>174</v>
+      </c>
+      <c r="D361" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E361" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F361" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G361" s="1" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H361" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
+        <v>177</v>
+      </c>
+      <c r="D362" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E362" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F362" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G362" s="1" t="s">
+        <v>1287</v>
+      </c>
+      <c r="H362" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" t="s">
+        <v>1288</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
+        <v>181</v>
+      </c>
+      <c r="D363" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E363" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F363" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G363" s="1" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H363" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" t="s">
+        <v>1291</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
+        <v>193</v>
+      </c>
+      <c r="D364" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E364" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F364" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G364" s="1" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H364" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" t="s">
+        <v>1293</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
+        <v>875</v>
+      </c>
+      <c r="D365" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E365" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F365" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G365" s="1" t="s">
+        <v>1294</v>
+      </c>
+      <c r="H365" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" t="s">
+        <v>1295</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
+        <v>201</v>
+      </c>
+      <c r="D366" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F366" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G366" s="1" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H366" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" t="s">
+        <v>1297</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
+        <v>204</v>
+      </c>
+      <c r="D367" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E367" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F367" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G367" s="1" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H367" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" t="s">
+        <v>1300</v>
+      </c>
+      <c r="B368" t="s">
+        <v>9</v>
+      </c>
+      <c r="C368" t="s">
+        <v>208</v>
+      </c>
+      <c r="D368" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E368" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F368" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G368" s="1" t="s">
+        <v>1301</v>
+      </c>
+      <c r="H368" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" t="s">
+        <v>1303</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
+        <v>213</v>
+      </c>
+      <c r="D369" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E369" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F369" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G369" s="1" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H369" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" t="s">
+        <v>1306</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
+        <v>217</v>
+      </c>
+      <c r="D370" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E370" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F370" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G370" s="1" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H370" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
+        <v>221</v>
+      </c>
+      <c r="D371" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F371" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G371" s="1" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H371" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" t="s">
+        <v>1311</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
+        <v>224</v>
+      </c>
+      <c r="D372" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E372" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F372" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G372" s="1" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H372" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
+        <v>227</v>
+      </c>
+      <c r="D373" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E373" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F373" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G373" s="1" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H373" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" t="s">
+        <v>1315</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
+        <v>231</v>
+      </c>
+      <c r="D374" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E374" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F374" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G374" s="1" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H374" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" t="s">
+        <v>1317</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
+        <v>235</v>
+      </c>
+      <c r="D375" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E375" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F375" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G375" s="1" t="s">
+        <v>1318</v>
+      </c>
+      <c r="H375" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" t="s">
+        <v>1319</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
+        <v>238</v>
+      </c>
+      <c r="D376" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E376" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F376" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G376" s="1" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H376" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
+        <v>242</v>
+      </c>
+      <c r="D377" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E377" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F377" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G377" s="1" t="s">
+        <v>1323</v>
+      </c>
+      <c r="H377" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" t="s">
+        <v>1325</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
+        <v>246</v>
+      </c>
+      <c r="D378" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E378" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F378" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G378" s="1" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H378" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" t="s">
+        <v>1327</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
+        <v>249</v>
+      </c>
+      <c r="D379" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E379" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F379" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G379" s="1" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H379" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
+        <v>253</v>
+      </c>
+      <c r="D380" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E380" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F380" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G380" s="1" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H380" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" t="s">
+        <v>1332</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
+        <v>257</v>
+      </c>
+      <c r="D381" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E381" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F381" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G381" s="1" t="s">
+        <v>1333</v>
+      </c>
+      <c r="H381" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
+        <v>260</v>
+      </c>
+      <c r="D382" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E382" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F382" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G382" s="1" t="s">
+        <v>1335</v>
+      </c>
+      <c r="H382" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" t="s">
+        <v>1336</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
+        <v>265</v>
+      </c>
+      <c r="D383" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E383" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F383" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G383" s="1" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H383" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" t="s">
+        <v>1339</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
+        <v>269</v>
+      </c>
+      <c r="D384" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E384" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F384" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G384" s="1" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H384" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" t="s">
+        <v>1341</v>
+      </c>
+      <c r="B385" t="s">
+        <v>9</v>
+      </c>
+      <c r="C385" t="s">
+        <v>273</v>
+      </c>
+      <c r="D385" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E385" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F385" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G385" s="1" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H385" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" t="s">
+        <v>1343</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
+        <v>277</v>
+      </c>
+      <c r="D386" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E386" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F386" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G386" s="1" t="s">
+        <v>1344</v>
+      </c>
+      <c r="H386" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" t="s">
+        <v>1345</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
+        <v>281</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F387" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1348</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>284</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F388" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1351</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>289</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F389" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>292</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F390" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1356</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>295</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F391" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1357</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1359</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>299</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F392" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>302</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F393" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1362</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1363</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>306</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F394" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1364</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>310</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F395" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1367</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>318</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F396" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>1368</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1370</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>322</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F397" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1372</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>326</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F398" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1373</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1375</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>330</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F399" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1376</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>334</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F400" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1379</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>980</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F401" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>1382</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1193</v>
+      </c>
+      <c r="F402" t="s">
+        <v>1194</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>338</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F403" t="s">
+        <v>55</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1390</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
         <v>429</v>
       </c>
-      <c r="D329" t="s">
-[...5 lines deleted...]
-      <c r="F329" t="s">
+      <c r="D404" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F404" t="s">
         <v>209</v>
       </c>
-      <c r="G329" s="1" t="s">
-[...3 lines deleted...]
-        <v>1129</v>
+      <c r="G404" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>468</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1386</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F405" t="s">
+        <v>45</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1394</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1395</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -12653,50 +15427,126 @@
     <hyperlink ref="G305" r:id="rId304"/>
     <hyperlink ref="G306" r:id="rId305"/>
     <hyperlink ref="G307" r:id="rId306"/>
     <hyperlink ref="G308" r:id="rId307"/>
     <hyperlink ref="G309" r:id="rId308"/>
     <hyperlink ref="G310" r:id="rId309"/>
     <hyperlink ref="G311" r:id="rId310"/>
     <hyperlink ref="G312" r:id="rId311"/>
     <hyperlink ref="G313" r:id="rId312"/>
     <hyperlink ref="G314" r:id="rId313"/>
     <hyperlink ref="G315" r:id="rId314"/>
     <hyperlink ref="G316" r:id="rId315"/>
     <hyperlink ref="G317" r:id="rId316"/>
     <hyperlink ref="G318" r:id="rId317"/>
     <hyperlink ref="G319" r:id="rId318"/>
     <hyperlink ref="G320" r:id="rId319"/>
     <hyperlink ref="G321" r:id="rId320"/>
     <hyperlink ref="G322" r:id="rId321"/>
     <hyperlink ref="G323" r:id="rId322"/>
     <hyperlink ref="G324" r:id="rId323"/>
     <hyperlink ref="G325" r:id="rId324"/>
     <hyperlink ref="G326" r:id="rId325"/>
     <hyperlink ref="G327" r:id="rId326"/>
     <hyperlink ref="G328" r:id="rId327"/>
     <hyperlink ref="G329" r:id="rId328"/>
+    <hyperlink ref="G330" r:id="rId329"/>
+    <hyperlink ref="G331" r:id="rId330"/>
+    <hyperlink ref="G332" r:id="rId331"/>
+    <hyperlink ref="G333" r:id="rId332"/>
+    <hyperlink ref="G334" r:id="rId333"/>
+    <hyperlink ref="G335" r:id="rId334"/>
+    <hyperlink ref="G336" r:id="rId335"/>
+    <hyperlink ref="G337" r:id="rId336"/>
+    <hyperlink ref="G338" r:id="rId337"/>
+    <hyperlink ref="G339" r:id="rId338"/>
+    <hyperlink ref="G340" r:id="rId339"/>
+    <hyperlink ref="G341" r:id="rId340"/>
+    <hyperlink ref="G342" r:id="rId341"/>
+    <hyperlink ref="G343" r:id="rId342"/>
+    <hyperlink ref="G344" r:id="rId343"/>
+    <hyperlink ref="G345" r:id="rId344"/>
+    <hyperlink ref="G346" r:id="rId345"/>
+    <hyperlink ref="G347" r:id="rId346"/>
+    <hyperlink ref="G348" r:id="rId347"/>
+    <hyperlink ref="G349" r:id="rId348"/>
+    <hyperlink ref="G350" r:id="rId349"/>
+    <hyperlink ref="G351" r:id="rId350"/>
+    <hyperlink ref="G352" r:id="rId351"/>
+    <hyperlink ref="G353" r:id="rId352"/>
+    <hyperlink ref="G354" r:id="rId353"/>
+    <hyperlink ref="G355" r:id="rId354"/>
+    <hyperlink ref="G356" r:id="rId355"/>
+    <hyperlink ref="G357" r:id="rId356"/>
+    <hyperlink ref="G358" r:id="rId357"/>
+    <hyperlink ref="G359" r:id="rId358"/>
+    <hyperlink ref="G360" r:id="rId359"/>
+    <hyperlink ref="G361" r:id="rId360"/>
+    <hyperlink ref="G362" r:id="rId361"/>
+    <hyperlink ref="G363" r:id="rId362"/>
+    <hyperlink ref="G364" r:id="rId363"/>
+    <hyperlink ref="G365" r:id="rId364"/>
+    <hyperlink ref="G366" r:id="rId365"/>
+    <hyperlink ref="G367" r:id="rId366"/>
+    <hyperlink ref="G368" r:id="rId367"/>
+    <hyperlink ref="G369" r:id="rId368"/>
+    <hyperlink ref="G370" r:id="rId369"/>
+    <hyperlink ref="G371" r:id="rId370"/>
+    <hyperlink ref="G372" r:id="rId371"/>
+    <hyperlink ref="G373" r:id="rId372"/>
+    <hyperlink ref="G374" r:id="rId373"/>
+    <hyperlink ref="G375" r:id="rId374"/>
+    <hyperlink ref="G376" r:id="rId375"/>
+    <hyperlink ref="G377" r:id="rId376"/>
+    <hyperlink ref="G378" r:id="rId377"/>
+    <hyperlink ref="G379" r:id="rId378"/>
+    <hyperlink ref="G380" r:id="rId379"/>
+    <hyperlink ref="G381" r:id="rId380"/>
+    <hyperlink ref="G382" r:id="rId381"/>
+    <hyperlink ref="G383" r:id="rId382"/>
+    <hyperlink ref="G384" r:id="rId383"/>
+    <hyperlink ref="G385" r:id="rId384"/>
+    <hyperlink ref="G386" r:id="rId385"/>
+    <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>